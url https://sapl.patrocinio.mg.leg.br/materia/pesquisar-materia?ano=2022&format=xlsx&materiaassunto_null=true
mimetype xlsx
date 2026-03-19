--- v0 (2025-12-04)
+++ v1 (2026-03-19)
@@ -54,6665 +54,6665 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ricardo Antoni Rodrigues - Ricardo Balila</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_1139.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_1139.pdf</t>
   </si>
   <si>
     <t>O pedido para que seja colocado uma lei que possa cobrar nas entradas dos estabelecimentos que aglomerem muitas pessoas o comprovante de vacinação da Covid 19.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_1140.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_1140.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada à Secretaria de Saúde o pedido para que possa ser feito para todas as pessoas que vacinaram contra o Covid 19 um cartão_x000D_
 plastificado tipo cartão magnético, para poderem comprovar em todos os locais públicos que foram imunizados com a vacina.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_1141.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_1141.pdf</t>
   </si>
   <si>
     <t>O pedido para que todos os dias os ônibus que levam os pacientes para Barretos possam sair as 15horas da tarde e retornarem somente no outro dia.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/212/indicacao_1142.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/212/indicacao_1142.pdf</t>
   </si>
   <si>
     <t>Construção ou a transferência da atual Farmácia da Prefeitura para outro local mais adequado com espaço físico maior, mais arejado, com lugares para assento e que os usuários não fiquem expostos ao tempo.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>Odirlei José de Magalhães - Odirlei Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/214/indicacao_1143.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/214/indicacao_1143.pdf</t>
   </si>
   <si>
     <t>Que providencie a implantação de um centro esportivo ao lado do Poliesportivo do Distrito de São João da Serra Negra.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/216/indicacao_1144.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/216/indicacao_1144.pdf</t>
   </si>
   <si>
     <t>Que analise a possibilidade de colocar um semáforo no cruzamento das Ruas Bernardo Guimarães com Governador Valadares.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_1145.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_1145.pdf</t>
   </si>
   <si>
     <t>Organização das feiras do produtor e da Secretaria Municipal de Agricultura a possibilidade de colocar banheiros químicos durante o funcionamento das feiras nos bairros.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao_1146.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao_1146.pdf</t>
   </si>
   <si>
     <t>Requerer ao Exmo. Senhor Prefeito Municipal, Deiró Moreira Marra, juntamente com o PROCON órgão de defesa do consumidor para que fiscalize os laboratórios da cidade tendo em vista o aumento cobrado do valor de testes da COVID- 19.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_1147.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_1147.pdf</t>
   </si>
   <si>
     <t>Proposta de congelamento do valor do IPTU 2022.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>Florisvaldo José de Souza - Valtinho do Jandaia</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_1148.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_1148.pdf</t>
   </si>
   <si>
     <t>Necessidade de executar uma reforma (Sala de velório; telhado, vidros, portas e pintura; ruas internas: calçamento e escoamento de enxurradas) no Cemitério da sede urbana do Distrito de Salitre de Minas — MG.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_1149.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_1149.pdf</t>
   </si>
   <si>
     <t>Necessidade realizar uma troca de lugar do “Mata Burro” colocado na Fazenda Mata do Silvano, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_1150.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_1150.pdf</t>
   </si>
   <si>
     <t>A necessidade colocar um quebra-molas na Rua França, próximo ao número 2395 (entre a Rua Chile e a Rua Paraguai), no bairro Nações, em Patrocínio -MG.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_1151.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_1151.pdf</t>
   </si>
   <si>
     <t>A necessidade realizar o alargamento da estrada de terra que dá acesso a Mata do Silvano, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>Eliane Ferreira Nunes - Eliane Nunes</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_1152.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_1152.pdf</t>
   </si>
   <si>
     <t>Que disponibilize filtro solar aos profissionais do executivo que trabalham diariamente em exposição ao sol.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_1154.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_1154.pdf</t>
   </si>
   <si>
     <t>Que façam as passagens de pedestre, com acessibilidade, na Av. JK na altura do novo Supermercado Bernardão.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_1155.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_1155.pdf</t>
   </si>
   <si>
     <t>Solicitando postes de contenção de veículos ou qualquer outro tipo de instrumento de contenção na Praça Pública Honorico Alves Nunes, principalmente de frente as decidas da Av. Jacinto Barbosa.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_1155.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_1155.pdf</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>Thiago Oliveira Malagoli - Thiago Malagoli</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_1156.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_1156.pdf</t>
   </si>
   <si>
     <t>De acordo com recentes alterações determinadas pelo Ministério do Trabalho, realize pagamento de adicional de insalubridade em grau_x000D_
 máximo, equivalente ao percentual de 40% sobre o salário mínimo para os profissionais do setor de saúde da Prefeitura, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_1157.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_1157.pdf</t>
   </si>
   <si>
     <t>De forma a favorecer Patrocínio, analise MP recentemente publicada no Diário Oficial da União, que liberou R$3,5 bilhões para garantia de serviços de internet de qualidade para estudantes e professores da rede pública de ensino.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_1158.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_1158.pdf</t>
   </si>
   <si>
     <t>Que avalie possibilidade de implementar o asfalto ecológico para manutenção das estradas rurais, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_1159.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_1159.pdf</t>
   </si>
   <si>
     <t>Com relação à Lei nº 5.399 de 25/01/2022, recentemente aprovada nessa Casa de Leis, que reavalie também uma forma de escalonamento das cobranças negociadas e efetuadas, de forma a favorecer de fato o contribuinte devedor do Município de Patrocínio, prejudicados com a pandemia do COVID 19.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_1160.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_1160.pdf</t>
   </si>
   <si>
     <t>Construção de um abrigo para o zelador responsável da Praça Abrão Abdallah Daura e também a pintura dos banheiros por causa do mofo causado pelo excesso de chuvas.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_1161.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_1161.pdf</t>
   </si>
   <si>
     <t>Criação de um prêmio de incentivo cultural aos cantores e cantoras da cidade.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_1162.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_1162.pdf</t>
   </si>
   <si>
     <t>Necessidade realizar o recapeamento do asfalto da Rua Coronel João Cândido de Aguiar no trecho entre a Av. Padre Matias até a Av. Altino Guimarães, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_1163.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_1163.pdf</t>
   </si>
   <si>
     <t>Requerer ao Exmo. Senhor Prefeito Municipal, Deiró Moreira Marra, juntamente com a Secretaria Municipal de Educação e RH para que o cargo de monitora seja oferecido de forma diferente no novo concurso público com carga horária menor e salário equiparado ao de professor e que pertença ao quadro do magistério da educação municipal.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_1164.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_1164.pdf</t>
   </si>
   <si>
     <t>Revitalização e substituição dos blocos por asfalto e pintura de nova sinalização do trecho que compreende as Ruas Joaquim Otávio de Brito com a Rua Marechal Floriano no prolongamento da Rua Osório Afonso dentro do Centro Administrativo.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_1165.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_1165.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Praça da Saúde no espaço público existente na Avenida das Araras com Avenida das Andorinhas, no Bairro Parque dos Pássaros, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_1166.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_1166.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Praça da Saúde na rotatória da Avenida General Astolfo Ferreira Mendes com a Avenida Helena Marques Silveira, próximo ao número 217 e à Escolinha de Futebol Gol de Placa, no Bairro Morada do Sol, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_1167.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_1167.pdf</t>
   </si>
   <si>
     <t>Identificação de nomes de todas as ruas com placas em todas as esquinas que ainda não tem dos bairros Morada Nova 1, 2 e 3 e bairro Dona Diva.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_1168.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_1168.pdf</t>
   </si>
   <si>
     <t>Abertura da Rua ao lado do Centro Socioeducativo de Patrocínio entre o CIAAP e o Centro de Esportes “Gaspar Francisco Félix”, cruzando a Alameda dos Pinheiros.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_1169.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_1169.pdf</t>
   </si>
   <si>
     <t>Construção de uma cobertura na UBS da Morada Nova no espaço já existente para ser utilizado para atividades físicas, principalmente para o público da terceira idade do bairro Morada Nova..</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_1170.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_1170.pdf</t>
   </si>
   <si>
     <t>Construção de calçadas de cima e debaixo na abertura da Avenida Jacarandás com as Alamedas das Araucárias, Babaçus, Jaqueiras, Álamos e Oitis todas situadas no bairro Morada Nova.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1171.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1171.pdf</t>
   </si>
   <si>
     <t>Recapeamento da Av. Odir Aleixo (referência a partir da Drogaria Globo) até a rotatória da Av. Alberto Sanarelli, no bairro Enéias e Jardim Sul.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1172.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1172.pdf</t>
   </si>
   <si>
     <t>Imediata aplicação do reajuste aos profissionais da educação, em conformidade com a proposta do Governo Federal.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1173.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1173.pdf</t>
   </si>
   <si>
     <t>Solicitando que estudem a possibilidade de fornecerem mais quadras de basquete em ambiente aberto para nossos jovens.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1174.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1174.pdf</t>
   </si>
   <si>
     <t>Juntamente com a Secretaria Municipal de Saúde para que promova o DIA D da vacinação infantil no município de Patrocínio.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_1175.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_1175.pdf</t>
   </si>
   <si>
     <t>Que faça a revitalização da Praça da antiga Nestlé com a colocação de equipamentos de ginástica e de esportes.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/288/indicacao_1176.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/288/indicacao_1176.pdf</t>
   </si>
   <si>
     <t>Possibilidade de construir novas salas de aula no Centro de Educação Infantil Leonor de Castro Magalhães no Bairro Nações.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/289/indicacao_1177.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/289/indicacao_1177.pdf</t>
   </si>
   <si>
     <t>Que possa funcionar os CRAS em um sábado de cada mês para atender a população.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/290/indicacao_1178.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/290/indicacao_1178.pdf</t>
   </si>
   <si>
     <t>Que realize um estudo em relação ao cruzamento da R. Elmiro Alves do Nascimento com a R. Quintiliano Alves, a fim de reduzir o número de acidentes.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1179.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1179.pdf</t>
   </si>
   <si>
     <t>Que ofereçam uma oficina de argila aos munícipes em referência aos povos ceramistas que habitavam nossa região para comemoração da Semana Municipal dos Povos Indígenas.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1180.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1180.pdf</t>
   </si>
   <si>
     <t>Seja construído no cruzamento da Avenida Odir Aleixo com a Rua Divino Gonçalves no Bairro Jardim Ipiranga um BALÃO NO CANTEIRO CENTRAL.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1181.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1181.pdf</t>
   </si>
   <si>
     <t>Construção do muro em torno do Centro de Educação Municipal Geralda Pereira, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_1182.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_1182.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente, o pedido para que seja construída uma praça no bairro São Lucas entre a Avenida Joaquim Constantino com a Rua Salatiel Marques.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1183.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1183.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um quebra-molas na Avenida Marciano Pires entre os números 350 e 338 próximo a ponte que da entrada ao bairro Eneias.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_1184.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_1184.pdf</t>
   </si>
   <si>
     <t>Que à partir de Portaria do Governo Federal e Ministério da Educação, seja viabilizado novo piso salarial dos professores da educação básica da rede pública no valor de R$ 3.845,63, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_1185.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_1185.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da Rua Alírio de Melo no Bairro Morada do sol.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_1186.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_1186.pdf</t>
   </si>
   <si>
     <t>Que disponibilizem no site da Fundação Casa da Cultura um espaço para divulgação da Rota Turística Histórico Cultural da cidade de Patrocínio, estabelecida pela Lei nº 5.223/2021.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/299/indicacao_1187.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/299/indicacao_1187.pdf</t>
   </si>
   <si>
     <t>Que adquiram cestas de basquete móveis, a fim de utilizá-las nos bairros através do basquete ambulante e também no LEC na sua rua.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_1188.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_1188.pdf</t>
   </si>
   <si>
     <t>Que possa firmar uma parceria com o PATRONATO BERLAAR para ampliar o atendimento e promover melhorias estruturais e reforma do atual prédio.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_1189.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_1189.pdf</t>
   </si>
   <si>
     <t>Conceda a isenção de alvará de funcionamento e localização para os Conselhos de Desenvolvimento Rural e para as Associações Rurais sem fins_x000D_
 lucrativos.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_1190.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_1190.pdf</t>
   </si>
   <si>
     <t>Colocação de caçambas públicas coletoras de entulho de construção, nos distritos e comunidades rurais existentes no Município de Patrocínio.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>Roberto Margari de Souza - Roberto Margari</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_1191.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_1191.pdf</t>
   </si>
   <si>
     <t>Isenção de IPTU para templos religiosos.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_1192.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_1192.pdf</t>
   </si>
   <si>
     <t>Intensificação da fiscalização em prevenção e combate a dengue.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_1193.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_1193.pdf</t>
   </si>
   <si>
     <t>Que seja construída um Parquinho Infantil na Escola Municipal Conceição Elói dos Santos.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_1194.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_1194.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma quadra coberta para o Centro de Educação Infantil Irmã Maximiliana e a Revitalização Geral de todo esse centro de Educação.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_1195.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_1195.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da Rua Cecília Peres no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_1196.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_1196.pdf</t>
   </si>
   <si>
     <t>Que passe a Secretaria Municipal de Cultura e Turismo e a Escola de Artes Irene Marra para o prédio que será desocupado pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_1197.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_1197.pdf</t>
   </si>
   <si>
     <t>Que seja cimentado e construído o abrigo para o ponto de ônibus localizado na Av. dos Bálsamos próximo ao nº 936.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_1198.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_1198.pdf</t>
   </si>
   <si>
     <t>O recapeamento asfáltico da Rua Furtado de Menezes no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_1199.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_1199.pdf</t>
   </si>
   <si>
     <t>Que construam uma pista de Pump Track no complexo esportivo do horto.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_1200.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_1200.pdf</t>
   </si>
   <si>
     <t>Instalação de semáforos solares em cruzamentos das vias públicas do município que necessitam desta sinalização mediante estudos pela equipe técnica da Sestran.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_1201.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_1201.pdf</t>
   </si>
   <si>
     <t>Implantação de programa para famílias de baixa renda, destinado à construção gratuita de calçadas.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_1202.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_1202.pdf</t>
   </si>
   <si>
     <t>Divulgue entre as Secretarias Municipais que possuem ação fiscalizatória, a Lei Estadual N.21.970/2016, de forma a garantir que o cidadão possa fornecer água e alimentos aos animais comunitários em espaços públicos, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/328/indicacao_1203.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/328/indicacao_1203.pdf</t>
   </si>
   <si>
     <t>Que faça um levantamento da população de rua presente em Patrocínio e os possíveis encaminhamentos para ajuda.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_1204.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_1204.pdf</t>
   </si>
   <si>
     <t>Estude a possibilidade para colocação de um quebra-molas na Avenida Benedito Romão de Melo.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_1205.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_1205.pdf</t>
   </si>
   <si>
     <t>Ofereçam curso de gastronomia para diferentes faixas etárias em nosso município.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_1206.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_1206.pdf</t>
   </si>
   <si>
     <t>Disponibilizem um espaço para a Associação Desportiva, Cultural e Educacional de Capoeira Cultura Brasil ACCB para que possam desenvolver seus trabalhos de ensino da capoeira.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_1207.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_1207.pdf</t>
   </si>
   <si>
     <t>Revitalização da sinalização horizontal e vertical das normas de trânsito, em toda Comunidade de São Benedito, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_1208.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_1208.pdf</t>
   </si>
   <si>
     <t>Faça a revitalização da sinalização horizontal e vertical das normas de trânsito, em todo Distrito de Salitre de Minas, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_1209.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_1209.pdf</t>
   </si>
   <si>
     <t>Avalie a possibilidade de reformar a Guarita no povoado São Benedito, nas margens da MG 230 de frente ao pátio do Restaurante Karon, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_1210.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_1210.pdf</t>
   </si>
   <si>
     <t>Viabilize a divulgação dos direitos dos portadores de diabetes, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>Raquel Aparecida Rezende - Raquel</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_1211.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_1211.pdf</t>
   </si>
   <si>
     <t>Analise a necessidade de murar o Centro de Educação Infantil Leonor de Castro Magalhães.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_1212.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_1212.pdf</t>
   </si>
   <si>
     <t>Viabilidade da colocação de quebra-molas em frente a Expocaccer nos dois sentidos da Avenida Faria Pereira.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_1213.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_1213.pdf</t>
   </si>
   <si>
     <t>Promovam a poda das árvores da Praça São José e faça um estudo de revitalização.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_1214.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_1214.pdf</t>
   </si>
   <si>
     <t>Cobertura das quadras da Praça Abrão Abdallah Daura, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_1215.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_1215.pdf</t>
   </si>
   <si>
     <t>Criem um programa de fomento nas escolas municipais a respeito da participação dos alunos no teatro.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_1216.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_1216.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Prefeito Municipal Deiró Moreira Marra, que seja encaminhado à Secretaria Competente, o pedido para que os vencimentos do IPTU possam ser prorrogados para o Mês de Agosto como foi feito o IPVA.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_1217.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_1217.pdf</t>
   </si>
   <si>
     <t>Retorne à prática da notificação, de forma a garantir que todo cidadão inadimplente seja comunicado oficialmente pelo DAEPA de sua dívida, antes_x000D_
 que sua conta seja enviada diretamente para cobrança no Cartório de Protestos, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_1218.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_1218.pdf</t>
   </si>
   <si>
     <t>Que façam o Museu do Esporte Patrocinense.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_1219.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_1219.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir Lei N. 5108 de 29 de maio de 2019, de autoria da Ex-Vereadora Marcilene Jacinto de Queiroz, que “dispõe sobre a inserção, na contracapa do carnê de IPTU, de mensagem informativa sobre a especificação dos contribuintes que tem direito a isenção do tributo, no âmbito_x000D_
 do município de Patrocínio/MG”.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/386/indicacao_1220.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/386/indicacao_1220.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir Lei N.5237 de 29 de março de 2021 de autoria da Vereadora Eliane Nunes, que "Dispõe sobre a obrigatoriedade de hipermercados, supermercados e atacados, de possuírem carrinhos de compra adaptados para as pessoas com deficiência ou mobilidade reduzida, no âmbito do Município de Patrocínio/MG".</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/388/indicacao_1221.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/388/indicacao_1221.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade de contratar uma supervisora pedagógica para cada Centro de Educação Infantil do município.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_1222.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_1222.pdf</t>
   </si>
   <si>
     <t>Que faça a CONSTRUÇÃO DE SALA DE AULA PARA ATENDER O PROJETO ESCOLA DE TEMPO INTEGRAL NA ESCOLA MUNICIPAL PROFESSORA WALMA DE OLIVEIRA, no Bairro Amir Amaral.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_1223.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_1223.pdf</t>
   </si>
   <si>
     <t>Que construam um playground infantil nas creches municipalizadas.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_1224.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_1224.pdf</t>
   </si>
   <si>
     <t>Que façam a reforma da Biblioteca Pública Municipal “Idalides Paulina de Souza”.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_1225.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_1225.pdf</t>
   </si>
   <si>
     <t>Que observe o percentual constitucional mínimo, em processos seletivos visando a contratação por tempo determinado atendendo necessidade temporária de excepcional interesse público realizado pelo Município de Patrocínio.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/398/indicacao_1226.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/398/indicacao_1226.pdf</t>
   </si>
   <si>
     <t>A necessidade realizar a reforma da ponte do Ribeirão do Castelo, localizada na Comunidade de Santo Antônio, divisa com Iraí de Minas, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_1227.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_1227.pdf</t>
   </si>
   <si>
     <t>Em consonância com a Lei Estadual Nº 23.904/2021, viabilize a implantação do Programa de Fornecimento de Absorventes Higiênicos - PFAH, nas escolas públicas que ofertam os anos finais de ensino fundamental e ensino médio, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_1228.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_1228.pdf</t>
   </si>
   <si>
     <t>O abaixo-assinado Vereador da Câmara Municipal de Patrocínio, Thiago de Oliveira Malagoli, vem nos termos regimentais, depois de aprovado em Plenário, requerer ao Senhor Prefeito Municipal que institua e viabilize o Estatuto do Pedestre do Município de Patrocínio.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_1229.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_1229.pdf</t>
   </si>
   <si>
     <t>Em consonância com a Lei Federal Nº 7.853/ 1989, viabilize a implantação do Censo Inclusão, com o objetivo de identificar, mapear e cadastrar cidadãos portadores de tipos de deficiência ou mobilidade reduzida, de forma a garantir a execução de políticas públicas que promovam a acessibilidade e a _x000D_
 inclusão, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_1230.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_1230.pdf</t>
   </si>
   <si>
     <t>Que viabilize a implantação de uma Comissão Mista de Desenvolvimento Econômico e Manutenção de Empreendimentos, com o objetivo de sugerir simplificações do ambiente de negócios, promover o desenvolvimento econômico e buscar a garantia da manutenção de empreendimentos no Município de Patrocínio.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_1231.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_1231.pdf</t>
   </si>
   <si>
     <t>Que promova ações em comemoração aos 100 anos da Semana de Arte Moderna de 1922.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_1232.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_1232.pdf</t>
   </si>
   <si>
     <t>Que realizem a ampliação do anfiteatro da Estação Cidadania e Cultura (CEU das Artes) com a construção de um palco no mesmo.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que seja feita a arborização e recuperação da área do Lixão de Patrocínio.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/406/indicacao_1234.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/406/indicacao_1234.pdf</t>
   </si>
   <si>
     <t>Que inclua um Código QR para pagamentos via pix dos tributos municipais.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/407/indicacao_1235.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/407/indicacao_1235.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhada para a secretaria de saúde que através da Lei que foi aprovada na Assembleia dos Deputados Federais que os Enfermeiros Municipais possam ter o piso salarial Nacional e que também possam trabalhar somente as 30 horas como querem.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/408/indicacao_1236.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/408/indicacao_1236.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade viabilizar um transporte para os servidores que atuam na Escola Estadual Venina Tavares Amaral em Salitre de Minas.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_1237.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_1237.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade de viabilizar a contratação de uma nutricionista para atender as demandas da Educação Infantil.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_1238.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_1238.pdf</t>
   </si>
   <si>
     <t>Coloque novas lixeiras nos bairros de Patrocínio e que seja com fitas fluorescentes.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_1239.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_1239.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras, reforma geral na UBS do Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_1240.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_1240.pdf</t>
   </si>
   <si>
     <t>Que interceda e viabilize repasse do recurso de direito do FUNDEB, às entidades filantrópicas, CEI São Geraldo, CEI Santo Antônio, CEI São José no Município de Patrocínio.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_1241.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_1241.pdf</t>
   </si>
   <si>
     <t>Que compre os equipamentos de lazer infantil para Praça Queiroz Teles “Praça da Bíblia” e instale na área destinada a eles conforme projeto já elaborado.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_1242.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_1242.pdf</t>
   </si>
   <si>
     <t>Viabilize imediatamente a nomeação de espaço público, de mesma grandeza que uma UBS, de forma a restabelecer o respeito à homenagem do servidor público e honrado cidadão patrocinense, Sr. Baltazar Dias de Souza, merecedor de toda ordem de honras, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_1243.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_1243.pdf</t>
   </si>
   <si>
     <t>A vereadora abaixo assinada, Raquel Aparecida Rezende, vêm nos termos regimentais, depois de aprovado em Plenário, requerer de V.Exa. que solicite ao Exmo. Sr. Deiró Moreira Marra— Prefeito Municipal, juntamente com a Secretaria Municipal de Segurança, Trânsito e Transportes, após os trâmites regimentais, a construção de um ponto de ônibus coletivo próximo a Clínica de saúde da UNICERP.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_1244.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_1244.pdf</t>
   </si>
   <si>
     <t>Que faça empenho para a habilitação do Pronto Socorro Terezinha Moreira Marra para UPA 24 horas.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_1245.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_1245.pdf</t>
   </si>
   <si>
     <t>Que faça junções para buscar o posto da Polícia Rodoviária Federal para Patrocínio.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_1246.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_1246.pdf</t>
   </si>
   <si>
     <t>Providencie a instalação de um quebra-molas/lombada como redutor de velocidade, na Avenida dos Bálsamos, na altura do número 281, sentido descendo para a Avenida dos Bálsamos, na altura do número 281, sentido descendo a avenida, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_1247.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_1247.pdf</t>
   </si>
   <si>
     <t>Que passe a massa asfáltica na via pública chamada Rua Romeu Malagoli, da esquina da Rua Rio Branco até a Rua Major Tobias Machado, no bairro Marciano Brandão.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_1248.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_1248.pdf</t>
   </si>
   <si>
     <t>Que diminui o canteiro central da Avenida das Cerejeiras, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>José Roberto dos Santos - Salitre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_1249.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_1249.pdf</t>
   </si>
   <si>
     <t>DENOMINAÇÃO DO 1º ENCONTRO DE FUTEBOL MASTERS/VETERANO DE PAULO CEZAR DE ALMEIDA.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_1250.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_1250.pdf</t>
   </si>
   <si>
     <t>Fazer um estudo técnico da SESTRAN para passar a Alameda das Gameleiras como mão única para facilitar e melhorar o trânsito em frente ao Centro de Educação Infantil Geralda Pereira no bairro Morada Nova.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_1251.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_1251.pdf</t>
   </si>
   <si>
     <t>Que construa ou restaura a ponte do Rio Salitre, próximo do Centro Comunitário da Comunidade da Barra do Salitre, pertencente ao município de Patrocínio.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_1252.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_1252.pdf</t>
   </si>
   <si>
     <t>Que faça a revitalização e reforma completa como pintura nova, iluminação de LED, bancos, área de convivência e instalação do Monumento da Fundação Logosófica em Prol da Superação Humana na PRAÇA DA LOGOSOFIA, situada na rotatória localizada na confluência das Avenidas Dom Almir Marques e João Alves do Nascimento, conhecida como rotatória do Enxó.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_1253.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_1253.pdf</t>
   </si>
   <si>
     <t>Que faça um redutor de velocidade através de quebra-molas (lombada) na Avenida Dom Almir Marques, na descida do Enxó chegando próximo da Avenida João Alves do Nascimento, ao lado do Centro Viva Vida e da rotatória da Praça da Logosofia.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_1254.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_1254.pdf</t>
   </si>
   <si>
     <t>Crie o Programa Especial de Reforço Escolar aos alunos matriculados nas unidades municipais de ensino, para a atenuação de déficits de_x000D_
 aprendizagem advindos principalmente da pandemia do COVID 19, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_1255.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_1255.pdf</t>
   </si>
   <si>
     <t>Que possa valorizar os nossos artistas locais em eventos como a FENACAFÉ.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>Carlos Alberto Silva - Carlão</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_1256.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_1256.pdf</t>
   </si>
   <si>
     <t>Reforma completa da Praça da Saúde Antônio Pires, no bairro Nações.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_1257.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_1257.pdf</t>
   </si>
   <si>
     <t>Que dê atenção a limpeza urbana do bairro Belvedere.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_1258.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_1258.pdf</t>
   </si>
   <si>
     <t>Que divulguem através dos CRAS a Lei da Tarifa Social de IPTU para imóveis residenciais, destinado às famílias de baixa renda no Município.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_1259.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_1259.pdf</t>
   </si>
   <si>
     <t>Que possam olhar pelas estradas rurais nas partes superiores e que as árvores possam ser podadas em todas as estradas.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_1260.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_1260.pdf</t>
   </si>
   <si>
     <t>Avalie a possibilidade de construir um banheiro público, nas proximidades da Igreja São Sebastião da Comunidade de São Benedito, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_1261.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_1261.pdf</t>
   </si>
   <si>
     <t>Avalie a possibilidade de construir uma sala para realização de atividades de catequese, na localidade de São Benedito, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_1262.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_1262.pdf</t>
   </si>
   <si>
     <t>Que façam melhorias na estrada do Hotel Serra Negra.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_1263.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_1263.pdf</t>
   </si>
   <si>
     <t>Que instale lixeira pública na estrada do Hotel Serra Negra.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_1264.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_1264.pdf</t>
   </si>
   <si>
     <t>Que construam uma Praça da Saúde no Bairro Jardim Esplanada.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/488/indicacao_1265.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/488/indicacao_1265.pdf</t>
   </si>
   <si>
     <t>Destine recursos financeiros e/ou os insumos específicos para realização das comemorações festivas de todas escolas do Município.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/489/indicacao_1266.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/489/indicacao_1266.pdf</t>
   </si>
   <si>
     <t>Viabilize um sistema único de cadastro para doação de sobras de materiais de construção oriundos de construtoras e obras particulares, visando a edificação de moradias para a população carente do Município de Patrocínio.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/490/indicacao_1267.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/490/indicacao_1267.pdf</t>
   </si>
   <si>
     <t>Realizem, em parceria entre as secretarias, a pavimentação da calçada e implantação de uma ciclovia na Av. Vereador Manoel Carlos de Jesus “Manelico”.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_1268.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_1268.pdf</t>
   </si>
   <si>
     <t>Que faça ABERTURA PARA PASSAGEM DE VEÍCULOS NO CANTEIRO CENTRAL DA AV. DOS BÁLSAMOS PARA DAR ACESSO A SEGUNDA PISTA PARA QUEM CHEGA PELA ALAMEDA DOS JEQUITIBAS, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/492/indicacao_1269.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/492/indicacao_1269.pdf</t>
   </si>
   <si>
     <t>Que faça a cobertura do espaço de atividades físicas e de lazer do CEI Lili Aguiar no Bairro Jardim Sul.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/493/indicacao_1270.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/493/indicacao_1270.pdf</t>
   </si>
   <si>
     <t>Para que faça o afastamento do alambrado da Escola Municipal Rogério Leonardo de Oliveira no Bairro Jardim Sul para que os servidores possam estacionar os veículos.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/494/indicacao_1271.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/494/indicacao_1271.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade de colocar uma cobertura em cima da passarela de acesso das crianças da Escola Municipal Casimiro de Abreu.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/495/indicacao_1272.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/495/indicacao_1272.pdf</t>
   </si>
   <si>
     <t>Que faça a construção de uma rampa ao lado da escadaria da Escola Municipal Casimiro de Abreu.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_1273.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_1273.pdf</t>
   </si>
   <si>
     <t>Que faça uma ciclovia na Rodovia PTC 005 (Estrada Aeroporto), no bairro Cruzeiro da Serra.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>Adriana Fátima Paula Magalhães - Adriana de Paula</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/498/indicacao_1274.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/498/indicacao_1274.pdf</t>
   </si>
   <si>
     <t>Que construa uma escola municipal no bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/499/indicacao_1275.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/499/indicacao_1275.pdf</t>
   </si>
   <si>
     <t>Providencie junto ao órgão competente, a instalação de corrimãos nos banheiros da casa de apoio em Barretos.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/500/indicacao_1276.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/500/indicacao_1276.pdf</t>
   </si>
   <si>
     <t>Construa uma escola municipal no bairro Padre Eustáquio.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/501/indicacao_1277.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/501/indicacao_1277.pdf</t>
   </si>
   <si>
     <t>Que avalie a possibilidade de construir uma guarita nas margens da MG 230 no povoado São Benedito próximo ao "Shopping das Panelas", na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/502/indicacao_1278.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/502/indicacao_1278.pdf</t>
   </si>
   <si>
     <t>Que possa inserir nos seus conteúdos programáticos das escolas noções de Robótica para os alunos dos anos finais do Ensino Fundamental da Rede_x000D_
 Municipal de Educação.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/503/indicacao_1279.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/503/indicacao_1279.pdf</t>
   </si>
   <si>
     <t>Faça um estudo técnico, visando construir um retorno no canteiro central da Av. Altino Guimarães na saída do Supermercado Bretas.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/504/indicacao_1280.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/504/indicacao_1280.pdf</t>
   </si>
   <si>
     <t>Requerendo a intensificação do combate à escorpiões e aranhas no município de Patrocínio.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/505/indicacao_1281.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/505/indicacao_1281.pdf</t>
   </si>
   <si>
     <t>Que além das atividades e projetos já existentes no Município, desenvolva o Programa de Atenção Multidisciplinar à pessoa portadora de transtorno do espectro autista, em Patrocínio.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/517/indicacao_1282.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/517/indicacao_1282.pdf</t>
   </si>
   <si>
     <t>Recapeamento das ruas do Conjunto Habitacional (Populares antigas) da COHAB-MG, situado no Bairro São Cristóvão.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/518/indicacao_1283.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/518/indicacao_1283.pdf</t>
   </si>
   <si>
     <t>Viabilize imediatamente disponibilização de sistema WIFI social nas dependências do Pronto Socorro Municipal “Terezinha Moreira Marra”, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/520/indicacao_1284.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/520/indicacao_1284.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir a Lei Nº 5.362 de 26 — de novembro de 2021, que dispõe sobre o atendimento prioritário aos portadores de neoplasia maligna e aos portadores de fibromialgia em Patrocínio.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/533/indicacao_1285.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/533/indicacao_1285.pdf</t>
   </si>
   <si>
     <t>Estude a possibilidade da colocação de bancos permanentes no entorno do Centro Administrativo (Prefeitura) e nas demais secretarias no entorno.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/534/indicacao_1286.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/534/indicacao_1286.pdf</t>
   </si>
   <si>
     <t>Possibilidade de iluminação e limpeza da rua Otávio de brito com a Rua Nhonhô Paiva, localizada no Bairro Marciano Brandão.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/536/indicacao_1287.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/536/indicacao_1287.pdf</t>
   </si>
   <si>
     <t>Que realizem a transmissão ao vivo do Arraiô Patro via youtube ou por qualquer outro meio de transmissão audiovisual.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/537/indicacao_1288.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/537/indicacao_1288.pdf</t>
   </si>
   <si>
     <t>Viabilize a revitalização do espaço público de lazer existente, construa uma quadra coberta no Bairro Congonhas, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/538/indicacao_1289.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/538/indicacao_1289.pdf</t>
   </si>
   <si>
     <t>Que cumpra Emenda Constitucional 120, aprovada recentemente no Congresso Nacional, que garante um piso salarial nacional aos Agentes Comunitários de Saúde e de Agentes de Combate às Endemias, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/539/indicacao_1290.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/539/indicacao_1290.pdf</t>
   </si>
   <si>
     <t>Reajuste salarial para técnicos em enfermagem e demais da categoria, tendo em vista a aprovação do PL do Governo Federal que prevê mínimo salarial para a categoria.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/540/indicacao_1291.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/540/indicacao_1291.pdf</t>
   </si>
   <si>
     <t>Que realize um festival de dança.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_1292.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_1292.pdf</t>
   </si>
   <si>
     <t>Que realize um festival de música.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_1293.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_1293.pdf</t>
   </si>
   <si>
     <t>Agende execução de reforma da quadra de ginástica ao ar livre na Praça do Distrito de Salitre de Minas, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/543/indicacao_1294.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/543/indicacao_1294.pdf</t>
   </si>
   <si>
     <t>Agende execução de reforma da quadra de ginástica ao ar livre da Praça "Lázaro Dornelas dos Santos", próxima a igreja São Sebastião, no povoado São Benedito, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_1295.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_1295.pdf</t>
   </si>
   <si>
     <t>Disponibilize a distribuição de protetor/bloqueador solar para as pessoas_x000D_
 portadoras de albinismo.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_1296.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_1296.pdf</t>
   </si>
   <si>
     <t>Que seja terminada a reforma do galpão da COOPERCAC, especialmente quanto ao piso, telhado e a iluminação.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_1297.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_1297.pdf</t>
   </si>
   <si>
     <t>Analise a possibilidade de implementar uma segunda unidade do Projeto Guri no Bairro Jardim Sul.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_1298.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_1298.pdf</t>
   </si>
   <si>
     <t>Instalação de semáforo para pedestres no cruzamento das Avenidas Rui Barbosa e Jacinto Barbosa.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_1299.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_1299.pdf</t>
   </si>
   <si>
     <t>Que faça uma ROTATÓRIA NO CRUZAMENTO DA AVENIDA JUCELINO KUBISTCHEK COM AVENIDA JOÃO FURTADO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_1300.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_1300.pdf</t>
   </si>
   <si>
     <t>Que faça a SUBSTITUIÇÃO DAS LÂMPADAS TRADICIONAIS POR LÂMPADAS DE LED NA AVENIDA FARIA PEREIRA, JUSTIFICATIVA.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_1301.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_1301.pdf</t>
   </si>
   <si>
     <t>Que possa colocar mais cadeiras no corredor que dá acesso à secretaria de Urbanismo e fornecer senha para as pessoas que utilizarem o serviço para facilitar e organizar melhor o controle dos atendimentos.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_1302.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_1302.pdf</t>
   </si>
   <si>
     <t>Para que possamos buscar melhorias para o nosso Corpo de Bombeiros com equipamentos de combate a incêndio e também elaborar um plano de conscientização e prevenção à incêndios florestais.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_1303.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_1303.pdf</t>
   </si>
   <si>
     <t>Que ofereça o Curso de Informática NO Equipamento CEU das Artes, promovendo a inclusão digital a toda população contemplando todas as idades.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_1304.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_1304.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade da contratação de um médico otorrinolaringologista para atender os pacientes da rede pública de saúde de Patrocínio.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_1305.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_1305.pdf</t>
   </si>
   <si>
     <t>Analise a possibilidade de instalação de redutores de velocidade ao longo da Avenida General Astolfo Ferreira Mendes, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_1306.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_1306.pdf</t>
   </si>
   <si>
     <t>Promova uma campanha de conscientização e alerta as empresas de caçambas para uma maior padronização e sinalização dessas caçambas em vias públicas.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_1307.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_1307.pdf</t>
   </si>
   <si>
     <t>Estude a possibilidade de criar um programa de distribuição de KITS de higiene pessoal para os alunos de baixa renda.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_1308.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_1308.pdf</t>
   </si>
   <si>
     <t>Contratação de Fonoaudiólogos para atenderem na Rede Pública Municipal de Ensino na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_1309.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_1309.pdf</t>
   </si>
   <si>
     <t>Que realize um festival de teatro.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_1310.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_1310.pdf</t>
   </si>
   <si>
     <t>Solicitando apoio na segurança da Gruta de Santos Reis, seja por meio de equipe fazendo rondas periódicas ou por instalação de sistemas de video monitoramento (olho-vivo).</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_1311.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_1311.pdf</t>
   </si>
   <si>
     <t>Divulgue no Município de Patrocínio os Cursos de Capacitação acerca do manejo ao portador do espectro autista, disponível no Ambiente Virtual de Aprendizagem do SUS (AVA-SUS).</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_1312.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_1312.pdf</t>
   </si>
   <si>
     <t>Divulgue o Curso “Doença Celíaca: diretrizes nacionais para o diagnóstico, tratamento e acompanhamento dos paciente”, realizado pela Secretaria de Gestão do Trabalho e da Educação na Saúde do Ministério da Saúde (SGTES/MS), e disponibilizado em modalidade on-line até 03 de julho de 2022.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_1313.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_1313.pdf</t>
   </si>
   <si>
     <t>Imprensa que realizem campanha de divulgação do ENCCEJA- Exame Nacional para Certificação de Competências de Jovens e Adultos.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_1314.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_1314.pdf</t>
   </si>
   <si>
     <t>Recapeamento em alguns trechos das ruas José de Lourdes de Souza e Bulgária, situadas no Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_1315.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_1315.pdf</t>
   </si>
   <si>
     <t>Que faça junções a CEMIG para a colocação de postes de iluminação na Avenida JK sentido o novo Supermercado Bernardão que está sem iluminação.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_1316.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_1316.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Trânsito, um redutor de velocidade na Avenida Arapongas no Bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_1317.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_1317.pdf</t>
   </si>
   <si>
     <t>Que realizem as melhorias necessária no sistema de drenagem da Av. Benedito Romão de Melo, em frente ao nº 1689.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_1318.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_1318.pdf</t>
   </si>
   <si>
     <t>Divulgue no Município de Patrocínio o Curso de Capacitação: “Cuidado em Crises Epiléticas e Epilepsia”, disponível na plataforma da Universidade Aberta do Sistema Único de Saúde (UNA-SUS).</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_1319.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_1319.pdf</t>
   </si>
   <si>
     <t>A reforma da Escola Estadual Mariana Tavares, com a construção de uma quadra coberta.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_1320.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_1320.pdf</t>
   </si>
   <si>
     <t>Que faça junções para que seja colocada uma iluminação na Mina localizada na Rua Carlos Pereira Carlinhos no Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_1321.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_1321.pdf</t>
   </si>
   <si>
     <t>Para que providencie a aquisição de veículos automóvel destinado exclusivamente para transporte de pacientes do Distrito de São João da Serra Negra.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_1322.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_1322.pdf</t>
   </si>
   <si>
     <t>Que faça a revitalização e reforma completa da Praça Pública Dr. José Wanderly no Distrito de Salitre de Minas.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_1323.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_1323.pdf</t>
   </si>
   <si>
     <t>Que faça a compra de materiais de brinquedoteca para todos os Centros de Educação Infantil do município.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_1324.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_1324.pdf</t>
   </si>
   <si>
     <t>Que possa construir uma praça em frente ao cemitério do Distrito de Salitre como foi feito em São João no Município de Patrocínio.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>Adriana Fátima Paula Magalhães - Adriana de Paula, Eliane Ferreira Nunes - Eliane Nunes</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_1325.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_1325.pdf</t>
   </si>
   <si>
     <t>Que realizem a reforma completa da Instituição Casa da Menina de Patrocínio.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_1326.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_1326.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma UBS — UNIDADE BASICA DE SAUDE no Povoado de Martins Ou caso não seja possível, que possa ir um médico toda semana para poder atender as pessoas daquele povoado.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_1327.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_1327.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente, o pedido para que possa ter agilidade no atendimento dos Exames no PACS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_1328.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_1328.pdf</t>
   </si>
   <si>
     <t>Que disponibilize imediatamente, acesso ao sistema wi-fi social nas dependências da Biblioteca Municipal “Idalides Paulina de Souza”, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_1329.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_1329.pdf</t>
   </si>
   <si>
     <t>Que voltem a realizar a Medalha “Sebastião Ferreira do Amaral — Véio Didino”.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_1330.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_1330.pdf</t>
   </si>
   <si>
     <t>Que faça o Teste do Olhinho nos bebês nas unidades básicas de saúde do município.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_1331.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_1331.pdf</t>
   </si>
   <si>
     <t>Estude a possibilidade de ofertar a EJA — EDUCAÇÃO DE JOVENS E ADULTOS na Escola Municipal Rogério Leonardo de Oliveira no Bairro Jardim Sul.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_1332.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_1332.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade da realização de VIRADA CULTURAL no município de Patrocínio.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_1333.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_1333.pdf</t>
   </si>
   <si>
     <t>Faça um estudo técnico, visando fazer o serviço de alargamento do retorno, existente no cruzamento da Rua Francisco Ramos com a Avenida Jose Elói dos Santos, nos Bairro Constantino/Boa Esperança.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_1334.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_1334.pdf</t>
   </si>
   <si>
     <t>Que faça um reparo no passeio e recapeamento do asfalto em frente à entrada do Lar das Crianças de Patrocínio, na Avenida Jacinto Barbosa, nº 1140, até na esquina no cruzamento da Avenida Padre Matias para melhor acesso naquele local.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_1335.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_1335.pdf</t>
   </si>
   <si>
     <t>Que faça uma lombada elevada em frente à entrada do Lar das Crianças na Avenida Jacinto Barbosa, nº 1140, sentido descendo e subindo a via pública para a segurança das crianças.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_1336.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_1336.pdf</t>
   </si>
   <si>
     <t>Que faça uma cobertura do pátio, cimentando área e construir o auditório com palco para realização das atividades extraclasse desenvolvidas no Centro de Educação Infantil Municipal João Ananias Pereira, situado na Rua Miguel Coelho Marra, nº 3200, no bairro Serra Negra.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_1337.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_1337.pdf</t>
   </si>
   <si>
     <t>Que realize um estudo da possibilidade de aumentar a tolerância do estacionamento rotativo classificados como “zona vermelha” e/ou que possibilite que pessoas que vão em emergência ao hospital possam se isentar das sanções por não pagar o mesmo.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_1338.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_1338.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Superintendente do DAEPA Exmo. Sr. Ronaldo Corrêa de Lima a instalação de um reservatório de água no bairro Morada do Sol.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_1339.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_1339.pdf</t>
   </si>
   <si>
     <t>Que caso haja sobra de recursos do FUNDEB de 2022 seja feito o “rateio” com os profissionais da Educação Municipal.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_1340.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_1340.pdf</t>
   </si>
   <si>
     <t>Que faça melhorias no Bairro Jardim Vitória a respeito da iluminação pública do bairro.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_1341.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_1341.pdf</t>
   </si>
   <si>
     <t>Solicita um estudo para colocação de sinalizador “olho de gato” na direita livre da Av. Altino Guimarães virando para R. José Feliciano, seguindo o contorno da curva, e melhoria na sinalização anterior à curva.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_1342.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_1342.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente, o pedido para que possa olhar o pergolado que está muito preocupante pela estrutura fina e correndo o perigo de desmoronar no muro do Colégio Olímpio dos Santos.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_1343.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_1343.pdf</t>
   </si>
   <si>
     <t>Para que promova com os alunos de 6º ao 9º ano do ensino fundamental um concurso de poesias sobre os 200 anos da independência do Brasil a fim de selecionar representantes para participar do concurso de poesias “Brasil 200 anos de independência: Lendo nossa história, escrevendo nosso futuro”,_x000D_
 lançado pelo Governo Federal.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_1344.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_1344.pdf</t>
   </si>
   <si>
     <t>Solicite que seja criado o “Palácio da Cultura” de Patrocínio.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_1345.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_1345.pdf</t>
   </si>
   <si>
     <t>Necessidade de execução do Plano Municipal de Saneamento Básico — PMSB aprovado em 2015, visando investimentos concretos, conforme previsto no marco regulatório.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_1346.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_1346.pdf</t>
   </si>
   <si>
     <t>Que seja criada uma sala de música e seja colocado teclado no CEU das Artes.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_1347.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_1347.pdf</t>
   </si>
   <si>
     <t>Que destine o valor DE R$ 150.000,00 (Cento e cinquenta mil reais) para o mutirão de cataratas, conseguido através da emenda parlamentar em parceria com o Deputado Federal Vilson da FETAEMG.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_1348.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_1348.pdf</t>
   </si>
   <si>
     <t>Que seja Construída uma escola da Educação Infantil e do 1º ano ao 5º ano do ensino Fundamental no Distrito de São João da Serra Negra no Município de Patrocínio.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_1349.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_1349.pdf</t>
   </si>
   <si>
     <t>Que seja enviada uma INDICAÇÃO, ao Exmo. Prefeito Municipal Deiró Moreira Marra para que seja Instalada a Secretaria da Mulher no Município de Patrocínio.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_1350.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_1350.pdf</t>
   </si>
   <si>
     <t>Que construa a Praça de Convivência na entrada do bairro Morada Nova ao lado do Poliesportivo na Alameda dos Pinheiros.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_1351.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_1351.pdf</t>
   </si>
   <si>
     <t>Que seja Construída uma escola da Educação Infantil e do 1º ano ao 5º ano do ensino Fundamental no Distrito de Silvano no Município de Patrocínio.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_1352.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_1352.pdf</t>
   </si>
   <si>
     <t>Necessidade da construção de uma sala anexo ao Tiro de Guerra 04-020 para a transferência da JSM (Junta do Serviço Militar) em nossa cidade, visando o melhor atendimento ao público, referente ao serviço de Alistamento Militar, 2º via de documentos entre outros, a exemplo de outros municipios.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_1353.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_1353.pdf</t>
   </si>
   <si>
     <t>Reforma da igreja São Roque, a pintura do barracão do conselho comunitário da comunidade rural de Taquara, município de Patrocínio-MG.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_1354.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_1354.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras, a revitalização da pintura e poda das árvores na Praça João Pereira da Silva (Praça da Nestle).</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_1355.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_1355.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras e Secretário Municipal de Esportes, COBERTURA DA QUADRA em Macaúbas de Cima.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_1356.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_1356.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DO ASFALTO nas ruas: Rua Professor João de Melo, Rua Miguel Marques, Rua João Afonso Português e Rua Amélia Augusta, Rua Manoel Barra da Silva e Rua José Luiz da Silva no Bairro São Judas.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_1357.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_1357.pdf</t>
   </si>
   <si>
     <t>Que coloque em prática a lei de minha autoria aprovada em 2013. (LEI nº 4.654 “LIÇÕES DE PRIMEIROS SOCORROS” na rede escolar).</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_1358.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_1358.pdf</t>
   </si>
   <si>
     <t>Construção de redutor de velocidade (quebra modas) nas ruas da comunidade de Macaúbas de Cima.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_1359.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_1359.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Superintendente do DAEPA, a PERFURAÇÃO DE POÇO ARTESIANO na Comunidade Macaúbas de Cima.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_1360.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_1360.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras Públicas, a CONSTRUÇÃO DE MEIO FIO EM TODAS AS RUAS DA COMUNIDADE DE MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_1361.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_1361.pdf</t>
   </si>
   <si>
     <t>Que providencie Junto ao Secretário Municipal de Esporte, a PINTURA E REVITALIZAÇÃO DA QUADRA DE ESPORTES EM MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_1362.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_1362.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Transito, a SINALIZAÇÃO DE TRÂNSITO em todas as ruas da Comunidade de Macaúbas de Cima.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_1363.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_1363.pdf</t>
   </si>
   <si>
     <t>ABERTURA E PAVIMENTAÇÃO DE RUA entre a empresa Cafeeira Porta do Céu e Condomínio Serra Dourada, iniciando na Av. Faria Pereira (Em frente à Bebidas Marra).</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_1364.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_1364.pdf</t>
   </si>
   <si>
     <t>Amplie o prazo de licenças maternidade/paternidade aos servidores públicos municipais com filhos (as) portadores de deficiência.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_1365.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_1365.pdf</t>
   </si>
   <si>
     <t>Autorização para que as pessoas que utilizam o serviço de atendimento médico nas UBS dos bairros Enéias e Serra Negra possam permanecerem nas unidades básicas de saúde até serem atendidas e não podendo ficarem do lado de fora sem poderem usarem os banheiros e aguardarem do lado de dentro das UBS supracitado.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_1366.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_1366.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE GUARITAS NOS PONTOS DE ÔNIBUS ESCOLAR EM MACAUBAS DE CIMA.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_1367.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_1367.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CAMPO DE FUTEBOL EM MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_1368.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_1368.pdf</t>
   </si>
   <si>
     <t>Ampliação da rampa de decolagem e demais medidas para a prática segura de voo livre (parapente) na serra do Cruzeiro.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_1369.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_1369.pdf</t>
   </si>
   <si>
     <t>Que criem a corrida Radamésio Fonseca, a ser realizada no Cristo de Patrocínio.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_1370.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_1370.pdf</t>
   </si>
   <si>
     <t>Realize melhorias, de forma a revitalizar toda Comunidade do Boqueirão, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta, Adriana Fátima Paula Magalhães - Adriana de Paula</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_1371.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_1371.pdf</t>
   </si>
   <si>
     <t>Que construa uma escola municipal para atender alunos da Educação Infantil e Educação Fundamental Anos Iniciais no bairro Morada Nova.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_1372.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_1372.pdf</t>
   </si>
   <si>
     <t>O abaixo-assinado Thiago de Oliveira Malagoli, Vereador da Câmara Municipal de Patrocínio, vem nos termos regimentais, depois de aprovado em Plenário, requerer ao Senhor Prefeito Municipal que, juntamente à Coordenadoria do PROCON, em cumprimento ao Decreto Nº 11.121, de 6 de julho de 2022, estabeleça a obrigatoriedade de divulgação transparente dos preços dos combustíveis automotivos praticados em 22 de junho de 2022, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_1373.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_1373.pdf</t>
   </si>
   <si>
     <t>Viabilize a construção de um campo de futebol na localidade de Tejuco, com vestiários e muros ou alambrados no entorno do campo, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_1374.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_1374.pdf</t>
   </si>
   <si>
     <t>Realize campanhas educativas e de divulgação para toda a Comunidade, acerca de orientações com relação ao SAMU no acesso em situações de trânsito e no atendimento especifico de urgência/emergência, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/946/indicacao_1375.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/946/indicacao_1375.pdf</t>
   </si>
   <si>
     <t>Solicite ao DNIT, autorização pra a SESTRAN dar apoio aos romeiros que transitam pela BR-365 até a cidade de Romaria.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_1376.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_1376.pdf</t>
   </si>
   <si>
     <t>Que realize um estudo de viabilidade de semáforos no cruzamento da Rua Cel. João Candido de Aguiar com a Av. Dom José André Coimbra.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_1377.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_1377.pdf</t>
   </si>
   <si>
     <t>Que realize um estudo de viabilidade de semáforos no cruzamento da Rua Professor Olímpio dos Santos com a Av. José Amando Queiroz.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_1378.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_1378.pdf</t>
   </si>
   <si>
     <t>Que as praças públicas de Patrocínio e que prevejam a implantação de brinquedos para crianças, deverão também prever a implantação de brinquedos para crianças com necessidades especiais.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_1379.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_1379.pdf</t>
   </si>
   <si>
     <t>Para que providencie junto ao Secretário Municipal de Obras Wellington Rodrigues, a INSTALAÇÃO DE POSTES DE REDE ELÉTRICA EM NOVA RUA NA_x000D_
 COMUNIDADE DE MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_1380.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_1380.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Praça da Saúde no entroncamento da Rua Marechal Floriano, esquina com Avenida Joaquim Constantino, no Bairro Cidade Jardim/Bairro São Lucas, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_1381.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_1381.pdf</t>
   </si>
   <si>
     <t>Que liberem o asfaltamento das 2 (duas) ruas existentes na Comunidade de Greenville.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_1382.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_1382.pdf</t>
   </si>
   <si>
     <t>Ofereçam transporte gratuito para estudantes de Ensino Superior da cidade de Patrocínio para Patos de Minas conforme a demanda do número de estudantes matriculados e turno.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_1383.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_1383.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras Wellington Rodrigues, a REFORMA DO CEMITÉRIO NA COMUNIDADE DE MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_1384.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_1384.pdf</t>
   </si>
   <si>
     <t>Que asfalte a Rua Professora Iraídes Barbosa Machado, no bairro Cruzeiro da Serra, Patrocínio-MG.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_1385.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_1385.pdf</t>
   </si>
   <si>
     <t>Instale iluminação pública na Rua Professora Iraídes Barbosa Machado, no bairro Cruzeiro da Serra, Patrocínio-MG.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_1386.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_1386.pdf</t>
   </si>
   <si>
     <t>Que faça a Rede de Esgoto na Rua Professora Iraídes Barbosa Machado e adjacentes, no bairro Cruzeiro da Serra, Patrocínio-MG.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_1387.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_1387.pdf</t>
   </si>
   <si>
     <t>Que implemente a lei 24.215 que institui o Programa Bolsa Atleta que foi sancionada recentemente pelo governador.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_1388.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_1388.pdf</t>
   </si>
   <si>
     <t>Observe e garanta o cumprimento da Lei Estadual Nº23. 515 de 20 de dezembro de 2019, que dispõe sobre a proibição de comercialização e_x000D_
 uso de cerol ou de qualquer material cortante em linhas ou fios usados para empinar Pipas, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_1389.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_1389.pdf</t>
   </si>
   <si>
     <t>Que seja criado um VALE LEITURA para os profissionais da Educação.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_1390.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_1390.pdf</t>
   </si>
   <si>
     <t>Que solicite junto à Secretaria Municipal de Obras e Serviços Urbanos, a disponibilização de caminhões pipas a fim de amenizar a poeira nas estradas vicinais, em apoio aos Romeiros.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_1391.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_1391.pdf</t>
   </si>
   <si>
     <t>A realização de um curso com ampla divulgação sobre a elaboração e formatação de projetos para Lei Aldir Blanc 2 e Paulo Gustavo.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_1392.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_1392.pdf</t>
   </si>
   <si>
     <t>Que seja oferecido para as mães dos alunos do Arte Viva a oficina de artesanato, a fim de estimular o empreendedorismo através do programa Arte Viva.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_1393.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_1393.pdf</t>
   </si>
   <si>
     <t>Realize o recapeamento asfáltico na entrada da comunidade de Tejuco. Alguns moradores entraram em contato com O nosso gabinete e solicitam esse recapeamento pois está bem deteriorada a entrada da comunidade.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_1394.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_1394.pdf</t>
   </si>
   <si>
     <t>Que avalie a possibilidade de abrir o canteiro central da Avenida Odir Aleixo, na altura do número 680 (Posto Caçula), Bairro Enéas, otimizando o fluxo com relação à entrada e saída de veículos do local.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_1395.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_1395.pdf</t>
   </si>
   <si>
     <t>Que instale um busto em homenagem ao Padre Pio Harmann na praça do Rosário no Bairro Matinha.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_1396.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_1396.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido de um caçambão, limpeza e cercar a frente do Conselho Comunitário de Tejuco.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_1397.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_1397.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido da reforma e a construção de uma quadra coberta na escola da Comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_1398.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_1398.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido de um novo asfaltamento e também meio fios para a rua principal da comunidade de Tejuco.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Leandro Maximo Caixeta - Leandro Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_1399.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_1399.pdf</t>
   </si>
   <si>
     <t>Para que insira o diário dos servidores do Projeto Guri no sistema eletrônico da Educação Municipal.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_1400.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_1400.pdf</t>
   </si>
   <si>
     <t>Que realize uma compra de materiais esportivos ( bolas de iniciação, cones, bambolês, boliches, túnel de centopeia e outros) para atender as necessidades das escolas e centros municipais.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_1401.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_1401.pdf</t>
   </si>
   <si>
     <t>Que seja dada atenção especial em relação a doença da raiva, tanto animal quanto humana.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_1402.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_1402.pdf</t>
   </si>
   <si>
     <t>Que seja Construída uma escola da Educação Infantil e do 1º ano ao 5º ano do ensino Fundamental na Comunidade de Boa Vista no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_1403.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_1403.pdf</t>
   </si>
   <si>
     <t>Que proceda melhorias no campo de futebol da Comunidade Malhadouro, providenciando: os gols, as redes, nova pintura, iluminação, vestiários com banheiros, arquibancadas, bem como alambrados.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_1404.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_1404.pdf</t>
   </si>
   <si>
     <t>Realização de processo seletivo visando o preenchimento do número de vagas necessárias para os cargos de agentes comunitários de saúde e de agentes de combate as endemias, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_1405.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_1405.pdf</t>
   </si>
   <si>
     <t>Divulgue o Curso de Prevenção da Automutilação e o Curso de Prevenção do Suicídio, ofertado pelo Ministério da Saúde (UNIVERSUS), entre agosto e novembro de 2022, e viabilize a participação dos profissionais da saúde, educadores da rede pública de ensino, conselheiros tutelares e entidades sociais afins, do Município de Patrocínio.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_1406.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_1406.pdf</t>
   </si>
   <si>
     <t>Que providencie um estudo técnico para melhorias na sinalização da confluência das Ruas Bernardo Guimarães com Joaquim Carlos dos Santos e demais ruas do Bairro Vila Constatino.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_1407.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_1407.pdf</t>
   </si>
   <si>
     <t>Reforma Da Liga Patrocinense e Pintura, localizada na Rua Doutor Honório de Abreu, 1375- Bairro Marciano Brandão, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_1408.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_1408.pdf</t>
   </si>
   <si>
     <t>Que faça a aquisição ampla de data shows para todas as escolas da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_1409.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_1409.pdf</t>
   </si>
   <si>
     <t>Que disponibilize uma ronda noturna no Bairro Amir Amaral.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_1410.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_1410.pdf</t>
   </si>
   <si>
     <t>Que realize a aquisição do antigo cinema situado na Praça Santa Luzia para destinação cultural, como por exemplo torna-lo em um teatro municipal.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_1411.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_1411.pdf</t>
   </si>
   <si>
     <t>Que realize um mutirão de adenoamigdalectomia, visando atender esta demanda da rede de saúde pública do Município de Patrocínio.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_1412.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_1412.pdf</t>
   </si>
   <si>
     <t>Providencie um redutor de velocidade eficaz baseado no parecer técnico da SESTRAN como quebra-molas/lombadas elevada e/ou semáforos para evitar acidentes de trânsito no cruzamento da Avenida Marciano Pires, próximo a rotatória do cruzamento com a Avenida Princesa Isabel e Avenida Jacarandás, no bairro Santo Antônio, Patrocínio-MG.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_1413.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_1413.pdf</t>
   </si>
   <si>
     <t>Que façam a construção de um espaço de convivência em frente à entrada do campo de futebol do Distrito de Salitre de Minas.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_1414.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_1414.pdf</t>
   </si>
   <si>
     <t>Que avalie a possibilidade perfurar um poço artesiano no Povoado de São Benedito, de forma a favorecer o abastecimento e distribuição de água na referida localidade.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_1415.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_1415.pdf</t>
   </si>
   <si>
     <t>Avalie a possibilidade de forrar o telhado do Salão Comunitário "Dercio Dornelas Campos", no povoado São Benedito, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_1416.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_1416.pdf</t>
   </si>
   <si>
     <t>Divulgue no Município de Patrocínio os Cursos de Capacitação acerca da abordagem familiar para doação de órgãos, disponível no Ambiente Virtual de Aprendizagem do SUS (AVA-SUS).</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_1417.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_1417.pdf</t>
   </si>
   <si>
     <t>Viabilize o serviço de coleta, transporte, tratamento adequado e destinação final dos resíduos provenientes da rede de assistência à saúde, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_1418.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_1418.pdf</t>
   </si>
   <si>
     <t>Que adquira dois bebedouros para beneficiar os usuários do Sine Patrocínio e o Setor de Identificação da Policia Civil.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_1419.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_1419.pdf</t>
   </si>
   <si>
     <t>Que faça uma reforma dentro da Prefeitura Municipal construindo rampas de acessibilidade e um banheiro adaptado a pessoa com deficiência.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_1420.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_1420.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir a lei 4,995 juntamente com as demais secretarias que determina que sejam inseridas placas de atendimento prioritário com o símbolo mundial do autismo.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_1421.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_1421.pdf</t>
   </si>
   <si>
     <t>A possibilidade da colocação de iluminação de LED nos Bairros Congonhas e Amir Amaral.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_1422.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_1422.pdf</t>
   </si>
   <si>
     <t>Que possa ser construída uma trincheira na ligação do bairro Congonhas com o bairro Cruzeirinho no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_1423.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_1423.pdf</t>
   </si>
   <si>
     <t>A inclusão, para o novo concurso público, do cargo de Professor de Apoio.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_1424.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_1424.pdf</t>
   </si>
   <si>
     <t>A inclusão, para o novo concurso público, do cargo de professor P2 de Arte.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_1425.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_1425.pdf</t>
   </si>
   <si>
     <t>Que providencie a disponibilização de um número de telefone com whatsapp para falar diretamente com a Ouvidoria Municipal.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_1426.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_1426.pdf</t>
   </si>
   <si>
     <t>Que realizem um estudo técnico e construam um Ginásio Poliesportivo Multiuso no Espaço Cultural / Complexo Esportivo do Horto.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_1427.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_1427.pdf</t>
   </si>
   <si>
     <t>Divulgue para os profissionais afins da rede pública de saúde, a capacitação em TeleEspirometria, realizado pela Secretaria de Gestão do Trabalho e da Educação na Saúde do Ministério da Saúde (SGTES/MS), e disponibilizado em modalidade on-line até 18 de dezembro de 2022.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_1428.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_1428.pdf</t>
   </si>
   <si>
     <t>Após os trâmites regimentais, que construa uma quadra esportiva coberta no Centro de Educação Infantil Leonor de Castro Magalhães.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_1429.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_1429.pdf</t>
   </si>
   <si>
     <t>Que crie o cargo de Psicólogo e Assistente Social no quadro da Secretaria Municipal de Educação para o novo concurso público conforme estabelece a lei federal 13.935/2019.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_1430.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_1430.pdf</t>
   </si>
   <si>
     <t>Que amplie o número de guardas e vigias para a Serra do Cruzeiro.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_1431.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_1431.pdf</t>
   </si>
   <si>
     <t>Que façam a fiação subterrânea dos fios de energia elétrica em frente ao museu, possibilitando a retirada dos postes.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1295/indicacao_1432.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1295/indicacao_1432.pdf</t>
   </si>
   <si>
     <t>Que façam o projeto paisagístico com finalidade de evitar o crescimento do mato na área onde passa os fios de alta tensão da CEMIG entre a R. Geraldo Ferreira Marra e Av. Joaquim Constantino.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_1433.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_1433.pdf</t>
   </si>
   <si>
     <t>Divulgue e oriente a participação dos profissionais afins da área da saúde, do curso: “Cuidado aos Pacientes Vítimas de Queimadura”, realizado pela Secretaria de Gestão do Trabalho e da Educação na Saúde do Ministério da Saúde (SGTES/MS), cujo período de inscrição já encontra-se aberto.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_1434.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_1434.pdf</t>
   </si>
   <si>
     <t>Que realize a manutenção e reparos necessários em todas as praças da saúde e nos parquinhos infantis.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_1435.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_1435.pdf</t>
   </si>
   <si>
     <t>De continuidade no asfalto da Avenida Faria Pereira bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_1436.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_1436.pdf</t>
   </si>
   <si>
     <t>Que coloque vagas de estacionamento de moto em frente ao Bar do Marruco.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_1437.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_1437.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido do Recapeamento de toda a Rua Joel Marques de Oliveira no Bairro Setor Industrial no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_1438.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_1438.pdf</t>
   </si>
   <si>
     <t>Que seja criado um cargo específico da pessoa responsável pelo abastecimento e manutenção de água nas comunidades, nos povoados e distritos rurais do Município.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_1439.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_1439.pdf</t>
   </si>
   <si>
     <t>Que providencie a pavimentação asfáltica ou similar dos pontos íngremes críticos das estradas vicinais do nosso Município.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_1440.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_1440.pdf</t>
   </si>
   <si>
     <t>Que seja adquirida uma cabine de exame audiométrico e um audiômetro para atendimento dos alunos que são atendidos pelo CMIAE — Centro Municipal de Atendimento Educacional Especializado.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_1441.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_1441.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma nova edificação no lugar do coreto da Praça Monsenhor Thiago, de forma que a mesma venha ter uma utilidade social e melhore a visão geral da Praça e dos demais bens tombados existente aos arredores.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_1442.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_1442.pdf</t>
   </si>
   <si>
     <t>Que faça a aquisição do prédio da CEMIG, situado à Av. João Alves do Nascimento, nº 1332 - Cidade Jardim.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1306/indicacao_1443.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1306/indicacao_1443.pdf</t>
   </si>
   <si>
     <t>Que faça melhorias na iluminação pública aos arredores da Estação Ferroviária.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1307/indicacao_1444.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1307/indicacao_1444.pdf</t>
   </si>
   <si>
     <t>Que providencie uma área específica nos Cemitérios Públicos destinada ao cemitério tipo parque ou jardim, isento de construções tumulares, onde as sepulturas serão identificadas por uma lápide, em pequeno nível de dimensão.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1351/indicacao_1445.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1351/indicacao_1445.pdf</t>
   </si>
   <si>
     <t>Que façam a construção de equipamentos esportivos/área de lazer no CAPS.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_1446.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_1446.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade da colocação de um sinaleiro na Rua Elmiro Alves do Nascimento com a Rua Quintiliano Alves.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1357/indicacao_1447.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1357/indicacao_1447.pdf</t>
   </si>
   <si>
     <t>Que promova uma série de reuniões com os servidores a respeito do Projeto Mãos Dadas do Governo do Estado.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_1448.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_1448.pdf</t>
   </si>
   <si>
     <t>Promova uma campanha de informação sobre a questão dos cavalos soltos e abandonados para evitar acidentes e transtornos.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_1449.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_1449.pdf</t>
   </si>
   <si>
     <t>Que seja coberta a área entre o Pronto Socorro e a Santa Casa de Misericórdia para proteger os pacientes que diariamente são transportados de um lado para o outro.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1360/indicacao_1450.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1360/indicacao_1450.pdf</t>
   </si>
   <si>
     <t>A construção de um Ginásio Poliesportivo para atender os bairros Manoel Nunes e Olímpio Nunes.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1361/indicacao_1451.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1361/indicacao_1451.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras, RECAPEAMENTO DO ASFALTO nas ruas: Rua Vereadora Esmene Mendes e Rua Maria França de_x000D_
 Araújo no Bairro Congonhas.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1363/indicacao_1452.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1363/indicacao_1452.pdf</t>
   </si>
   <si>
     <t>Que faça a decoração das principais praças do município com a temática da Copa do Mundo de 2022.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1365/indicacao_1453.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1365/indicacao_1453.pdf</t>
   </si>
   <si>
     <t>A Instalação de Semáforos, no Cruzamento da Avenida Dom José André Coimbra com a Rua Elmiro Alves do Nascimento.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_1454.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_1454.pdf</t>
   </si>
   <si>
     <t>A compra de novas ambulâncias para o município.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_1455.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_1455.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras, a Nova pintura na UBS do Bairro Matinha.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1369/indicacao_1456.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1369/indicacao_1456.pdf</t>
   </si>
   <si>
     <t>Que realize o asfaltamento da rua Salitre no Bairro São Vicente.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1370/indicacao_1457.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1370/indicacao_1457.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Praça da Saúde com playground para crianças e Academia ao Ar Livre, no espaço público existente em frente ao endereço à Rua Baldoíno do Carmo, nº1036, Bairro Belvedere, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1371/indicacao_1458.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1371/indicacao_1458.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o asfaltamento da extensão da Avenida José Maria de Alkimin até o cemitério no Distrito de São João da Serra Negra, localizada na saída para Guimarânia.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1372/indicacao_1459.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1372/indicacao_1459.pdf</t>
   </si>
   <si>
     <t>Construção de uma nova UBS para atender os bairros Serra Negra, Nações, Jardim Europa e Alvorada.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1373/indicacao_1460.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1373/indicacao_1460.pdf</t>
   </si>
   <si>
     <t>Que equipe o Museu Histórico Municipal com um bebedouro industrial.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1374/indicacao_1461.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1374/indicacao_1461.pdf</t>
   </si>
   <si>
     <t>Analise a possibilidade de instalação de um redutor de velocidade na Avenida JK, entre as transversais, Rua Vicente Soares e Rua Jovino José da Silva, no Bairro Matinha, Município de Patrocínio.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1375/indicacao_1462.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1375/indicacao_1462.pdf</t>
   </si>
   <si>
     <t>Que aumente a segurança nas imediações do Cristo Redentor principalmente nos fins de semana.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1376/indicacao_1463.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1376/indicacao_1463.pdf</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1377/indicacao_1464.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1377/indicacao_1464.pdf</t>
   </si>
   <si>
     <t>Que a prefeitura decrete expediente reduzido nos dias que o Brasil jogar durante a Copa do Mundo de 2022.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_1465.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_1465.pdf</t>
   </si>
   <si>
     <t>Que crie um programa permanente de inspeção de pontes e viadutos do município de Patrocínio.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_1466.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_1466.pdf</t>
   </si>
   <si>
     <t>Realize operação tapa-buracos na Rua Radamer Ferreira Oliveira, Comunidade de São Benedito, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_1467.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_1467.pdf</t>
   </si>
   <si>
     <t>Criação de uma Secretaria Municipal de Juventude, Ciências e Tecnologia, para tratar de políticas públicas para os jovens do município de Patrocínio.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_1468.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_1468.pdf</t>
   </si>
   <si>
     <t>Que promova na área externa do Centro Administrativa municipal, acessibilidade arquitetônica e adaptações para pessoas portadoras de deficiência física e visual.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1382/indicacao_1469.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1382/indicacao_1469.pdf</t>
   </si>
   <si>
     <t>Que monitore os novos casos de COVID e caso for necessário recomende o uso de máscaras no transporte público, unidades de saúde e escolas.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1383/indicacao_1470.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1383/indicacao_1470.pdf</t>
   </si>
   <si>
     <t>Que retire o acúmulo de água e promova melhorias nas estradas da região de Boa Vista.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1384/indicacao_1471.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1384/indicacao_1471.pdf</t>
   </si>
   <si>
     <t>Que promovam uma ampla campanha sobre a importância de tomar a dose de reforço da COVID-19.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_1472.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_1472.pdf</t>
   </si>
   <si>
     <t>Que caso necessite possa contratar empresas de serviços especializados de Segurança para as escolas municipais.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1386/indicacao_1473.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1386/indicacao_1473.pdf</t>
   </si>
   <si>
     <t>Que sinalize com faixas de segurança na Avenida Faria Pereira em frente à Igreja Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1387/indicacao_1474.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1387/indicacao_1474.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça "Lázaro Barros Filho", próxima a Igreja São Benedito, no povoado São Benedito, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_1475.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_1475.pdf</t>
   </si>
   <si>
     <t>Mais um servidor para atender no guichê do Daepa, dentro do setor de finanças da prefeitura, devido à alta demanda de atendimentos causando uma espera dos usuários na fila.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1389/indicacao_1476.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1389/indicacao_1476.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras Wellington Rodrigues, a INSTALAÇÃO DE 1 POSTE DE ENERGIA NA RUA MARIA FRANÇA DE_x000D_
 ARAUJO.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_1477.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_1477.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras Wellington Rodrigues e Secretário de Esportes Mauro Nogueira, a REFORMA DOS VESTIÁRIOS DO CAMPO DE FUTEBOL DO DISTRITO DE SILVANO.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1391/indicacao_1478.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1391/indicacao_1478.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário Municipal de Obras Wellington Rodrigues, MELHORIAS NA ILUMINAÇÃO DA AVENIDA PADRE MATIAS.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1392/indicacao_1479.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1392/indicacao_1479.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ALAMBRADO NO CAMPO DE FUTEBOL NO DISTRITO DE SILVANO.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1393/indicacao_1480.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1393/indicacao_1480.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade da oferta de cursos técnicos durante o período noturno no Colégio Olímpio.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_1481.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_1481.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Secretário responsável, a CONSTRUÇÃO DE QUADRA ESPORTIVA no Centro de Educação Infantil que está sendo construído em_x000D_
 Macaúbas de Cima.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_1482.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_1482.pdf</t>
   </si>
   <si>
     <t>Que tomem as medidas necessárias para fazer o passeio aos arredores do lote onde estão os fios de alta tensão da CEMIG entre a R. Geraldo Ferreira Marra e Av. Joaquim Constantino, de modo que ainda permita o acesso de veículo de grande porte para não prejudicar a manutenção quando necessária.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_1483.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_1483.pdf</t>
   </si>
   <si>
     <t>Solicitando, a pedido da população, um estudo técnico e a implantação. desde que estando em conformidade com a legislação de trânsito, de redutor de velocidade na Avenida José Amando Queiroz, em frente a academia EPIC Fitness.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/mocao_215.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/mocao_215.pdf</t>
   </si>
   <si>
     <t>Luiz Antônio Costa, pelo lançamento do livro "CAP: A história de uma paixão grená".</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mocao_216.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mocao_216.pdf</t>
   </si>
   <si>
     <t>Atleta de Voleibol Rebecca Souza, por ser uma atleta patrocinense que vem se destacando no cenário do vôlei nacional.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/mocao_217.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/mocao_217.pdf</t>
   </si>
   <si>
     <t>Fernando Nogues Beloni pela conquista da primeira certificação do mundo de agricultura regenerativa na cafeicultura.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mocao_218.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mocao_218.pdf</t>
   </si>
   <si>
     <t>CASA BONITA MATERIAIS PARA CONSTRUÇÃO em nome do proprietário JOSÉ MARIA por empreender em nosso município.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mocao_219.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mocao_219.pdf</t>
   </si>
   <si>
     <t>IG BATERIAS E AUTO ELÉTRICA em nome do sócio proprietário IGOR ABUD por empreender em nosso município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mocao_220.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mocao_220.pdf</t>
   </si>
   <si>
     <t>FONOAUDIÓLOGA STEFANIA CRISTINA CAIXETA.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/mocao_221.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/mocao_221.pdf</t>
   </si>
   <si>
     <t>Nobre cidadão patrocinense MILTON MAGALHÃES.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/mocao_222.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/mocao_222.pdf</t>
   </si>
   <si>
     <t>Aos atletas Giovana Chiovato, Carlos Eduardo e Rodrigo Samuel por serem campeões de Team Penning na 10ª edição da prova Nossa Senhora Aparecida em Barretos.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/mocao_223.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/mocao_223.pdf</t>
   </si>
   <si>
     <t>A Associação das Folias de Reis de Patrocínio e Região pela realização da 21" edição do Encontro de Folias de Reis de Patrocínio e Região.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/mocao_224.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/mocao_224.pdf</t>
   </si>
   <si>
     <t>À Mônica Cristina de Jesus Damasceno pela publicação do livro "Recomeço ou Renascimento?".</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/mocao_225.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/mocao_225.pdf</t>
   </si>
   <si>
     <t>Ao SENAC - PATROCÍNIO, pelo aniversário de um ano no município de patrocínio, contribuindo com desenvolvimento social e econômico do município por meio da educação profissional.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/mocao_226.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/mocao_226.pdf</t>
   </si>
   <si>
     <t>A empresa AGROBELONI pela referência como primeira empresa agrícola do mundo a receber a certificação de cafeicultura regenerativa.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mocao_227.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mocao_227.pdf</t>
   </si>
   <si>
     <t>A Escola Estadual Dom Lustosa pelos 95 anos de existência e pelos relevantes serviços prestados a educação de nossa cidade.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mocao_228.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mocao_228.pdf</t>
   </si>
   <si>
     <t>Aempresa ATELIER PRISCILA SIMEÃO NOIVAS E FESTAS.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/mocao_229.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/mocao_229.pdf</t>
   </si>
   <si>
     <t>Ao CARLOS ALBERTO APOLINÁRIO pela posse como o novo Presidente do Sindcomércio de Patrocínio, na data do dia 14/02/2022, em nosso município.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/mocao_230.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/mocao_230.pdf</t>
   </si>
   <si>
     <t>Ao presidente da COOPA Fausto Amaral juntamente com os atuais conselheiros pela excelente gestão com a melhoria dos resultados e a redução significativa das dívidas.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/mocao_231.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/mocao_231.pdf</t>
   </si>
   <si>
     <t>A Gabriela Mendes por ser a voz feminina no programa "A Voz do Brasil".</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mocao_232.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mocao_232.pdf</t>
   </si>
   <si>
     <t>À farmacêutica patrocinense Mirian Silva Vinhal pelo reconhecimento na criação do projeto de arborização urbana, chamado "Mundo Florido".</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mocao_233.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mocao_233.pdf</t>
   </si>
   <si>
     <t>A Alex Guimarães Machado, pela mobilização de patrocinenses para doarem sangue para Cláudio Eustaquio Alcântara, além de alertar para a importância deste ato.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/mocao_234.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/mocao_234.pdf</t>
   </si>
   <si>
     <t>À Sra. Paula Guimarães, pela mobilização de patrocinenses para doarem sangue para Cláudio Eustaquio Alcântara, além de alertar para a importância deste ato.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/mocao_235.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/mocao_235.pdf</t>
   </si>
   <si>
     <t>A Santhyago de Carvalho Simeão, pela mobilização de patrocinenses para doarem sangue para Cláudio Eustaquio Alcântara, além de alertar para a importância deste ato.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/mocao_236.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/mocao_236.pdf</t>
   </si>
   <si>
     <t>À Camila Pinheiro Roza Figueiredo por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres".</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/mocao_237.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/mocao_237.pdf</t>
   </si>
   <si>
     <t>À Daniela Coelho Mendes por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres".</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/mocao_238.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/mocao_238.pdf</t>
   </si>
   <si>
     <t>À Lilian Sebastiana Nascimento por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres"</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/mocao_239.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/mocao_239.pdf</t>
   </si>
   <si>
     <t>À Maria Clara Marra por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres".</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/mocao_240.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/mocao_240.pdf</t>
   </si>
   <si>
     <t>A Edilamar Maria Arvelos Caixeta por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres".</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mocao_241.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mocao_241.pdf</t>
   </si>
   <si>
     <t>Cleudia Rabelo Bernardes por ser uma das homenageadas da Secretaria Municipal de Cultura e Turismo no evento Mulheres "Tantas e tão diversas, ainda somos Mulheres".</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mocao_242.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mocao_242.pdf</t>
   </si>
   <si>
     <t>PARK MÁQUINAS AGRÍCOLAS pelos 15 anos de empreendimento em nosso município.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/mocao_243.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/mocao_243.pdf</t>
   </si>
   <si>
     <t>Dra. Mirna Oliveira Borges Matos pelos anos de trabalho e dedicação à odontologia em Patrocínio.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/mocao_244.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/mocao_244.pdf</t>
   </si>
   <si>
     <t>Sr. Osmair Alves, pela idealização do Projeto "Semeando campeões", no Bairro Congonhas.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mocao_245.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mocao_245.pdf</t>
   </si>
   <si>
     <t>Ao PREFEITO MUNICIPAL DE PATROCÍNIO DEIRÓ MOREIRA MARRA.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/mocao_246.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/mocao_246.pdf</t>
   </si>
   <si>
     <t>Aempresa STÚDIO NETTO SOUZA HAIR.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/mocao_247.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/mocao_247.pdf</t>
   </si>
   <si>
     <t>A Cleide Ribeiro da Costa Araújo por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/mocao_248.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/mocao_248.pdf</t>
   </si>
   <si>
     <t>A Sandra Moraes por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/mocao_249.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/mocao_249.pdf</t>
   </si>
   <si>
     <t>A Lena Oliveira da Fonseca por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/mocao_250.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/mocao_250.pdf</t>
   </si>
   <si>
     <t>À Larissa Siqueira Rocha Arvelos por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/mocao_251.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/mocao_251.pdf</t>
   </si>
   <si>
     <t>A Kellen Cristina Moreira Borges Guerra por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/mocao_252.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/mocao_252.pdf</t>
   </si>
   <si>
     <t>A Gabriella Pinheiro Roza por ser uma das homenageadas da Câmara da Mulher Empreendedora no ano de 2022.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/mocao_253.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/mocao_253.pdf</t>
   </si>
   <si>
     <t>A Amanda Rodrigues de Souza por ser uma das candidatas a Rainha Nacional do Café de Patrocínio.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/mocao_254.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/mocao_254.pdf</t>
   </si>
   <si>
     <t>A Andryele Ramos por ser uma das candidatas a Rainha Nacional do Café de Patrocínio.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mocao_255.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mocao_255.pdf</t>
   </si>
   <si>
     <t>A Gabrielle Aparecida Silva por ser uma das candidatas a Rainha Nacional do Café de Patrocínio.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mocao_256.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mocao_256.pdf</t>
   </si>
   <si>
     <t>À CerVivo, pelos brilhantes serviços prestados para o meio ambiente em Patrocínio.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mocao_257.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mocao_257.pdf</t>
   </si>
   <si>
     <t>José Eloi dos Santos Neto, pela matéria "Máscaras: usar ou não usar? Com a palavra, os especialistas", publicada no jornal mais l online, no dia 09 de março de 2022.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mocao_258.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mocao_258.pdf</t>
   </si>
   <si>
     <t>Ao empresário Roberto da Savassi, pelo comprometimento social exemplar.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mocao_259.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mocao_259.pdf</t>
   </si>
   <si>
     <t>ESPETINHO DO BRÁULIO.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mocao_260.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mocao_260.pdf</t>
   </si>
   <si>
     <t>A LOJA BEM MENOS LTDA.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mocao_261.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mocao_261.pdf</t>
   </si>
   <si>
     <t>À EMATER - Patrocínio, pelo grande trabalho realizado em prol da agricultura familiar, sobretudo pela realização de "Reunião de Mobilização do PNAE para divulgação do Programa Nacional de Alimentação Escolar e orientações sobre as novidades de acesso dos agricultores ao PNAE”, realizada em 16 de março de 2022, no Auditório Geraldo Campos, em Patrocínio.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Paulo Roberto dos Santos - Panxita</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mocao_262.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mocao_262.pdf</t>
   </si>
   <si>
     <t>Sr. Roberto Avatar - Tatá e a toda diretoria do CAP - Clube Atlético Patrocinense bem como todos os atletas da equipe Grená.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/mocao_263.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/mocao_263.pdf</t>
   </si>
   <si>
     <t>LOJA ALGO MAIS MODA ÍNTIMA.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/mocao_264.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/mocao_264.pdf</t>
   </si>
   <si>
     <t>Ao SENHOR EDERSON ALÍPIO PAULINO, pela atitude imediata e proativa diante do incidente ocorrido na arena de rodeio, na FENACAFÉ 2022, em Patrocínio.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/mocao_265.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/mocao_265.pdf</t>
   </si>
   <si>
     <t>Ao SENHOR JUNIOR AQUILES DE BRITO, pela atitude imediata e proativa diante do incidente ocorrido na arena de rodeio, na FENACAFÉ 2022, em Patrocínio.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/mocao_266.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/mocao_266.pdf</t>
   </si>
   <si>
     <t>Ao Anderson Lima proprietário da empresa Clean Higienização e Impermeabilização de Estofados pelos relevantes serviços prestados a sociedade patrocinense.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/mocao_267.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/mocao_267.pdf</t>
   </si>
   <si>
     <t>Conservatório Municipal de Música Doutor José Figueiredo pelos 30 anos de história.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/mocao_268.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/mocao_268.pdf</t>
   </si>
   <si>
     <t>A ADRIANO PIRES, pela realização do Desafio do Bem durante o Rodeio da FENACAFÉ 2022 em prol do HC de Patrocínio.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/mocao_269.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/mocao_269.pdf</t>
   </si>
   <si>
     <t>VINICIUS ARCANJO DE FREITAS, pela conquista do 1o lugar na montaria de touros durante o Rodeio da FENACAFÉ 2022.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/mocao_270.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/mocao_270.pdf</t>
   </si>
   <si>
     <t>à Dra. Núbia Costa Freitas, por relevantes serviços na área jurídica em Patrocínio.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/mocao_271.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/mocao_271.pdf</t>
   </si>
   <si>
     <t>à Vinicius Jorge de Sousa Castro, pela mobilização de patrocinenses para doarem sangue para Cláudio Eustaquio Alcântara, além de alertar para a importância deste ato.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/mocao_272.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/mocao_272.pdf</t>
   </si>
   <si>
     <t>às proprietárias da empresa Lukey Confecções, pela trajetória de sucesso no comércio de Patrocínio.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/mocao_273.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/mocao_273.pdf</t>
   </si>
   <si>
     <t>à Charles Magno Geovane Araujo (Pastor), pela mobilização de patrocinenses para doarem sangue para Cláudio Eustaquio Alcântara, além de alertar para a importância deste ato.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/mocao_274.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/mocao_274.pdf</t>
   </si>
   <si>
     <t>a CASA DA QUITANDA</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/mocao_275.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/mocao_275.pdf</t>
   </si>
   <si>
     <t>a FARMÁCIA DROGA VIDA.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/mocao_276.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/mocao_276.pdf</t>
   </si>
   <si>
     <t>Ao Diretor Executivo da SEP - SOCIEDADE ESPORTIVA PATROCINENSE.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/mocao_277.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/mocao_277.pdf</t>
   </si>
   <si>
     <t>a empresa AGÊNCIA PATROCÍNIO.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/mocao_278.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/mocao_278.pdf</t>
   </si>
   <si>
     <t>Ao Jean Carlos Ferreira Morais proprietário da empresa FERREIRA CELL pelos relevantes serviços prestados e pelo seu empreendedorismo.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>Francisca Carneiro dos Santos - Chiquita</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/mocao_279.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/mocao_279.pdf</t>
   </si>
   <si>
     <t>à Sra. Geraldo de Oliveira, por seu trabalho como marceneiro na cidade de Patrocínio/MG.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/mocao_280.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/mocao_280.pdf</t>
   </si>
   <si>
     <t>Sr. Lucas Borges Garcez pelo projeto social de Judô desenvolvido na E.E. Ormy Araújo Amaral.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/mocao_281.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/mocao_281.pdf</t>
   </si>
   <si>
     <t>ao jogador patrocinense Leonardo Andrade Brandão pelo sucesso na competição na cidade do Rosário na Argentina a qual jogou pela Seleção Brasileira de Futsal Sub 18.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/mocao_282.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/mocao_282.pdf</t>
   </si>
   <si>
     <t>ao jogador patrocinense Alex Gabriel V. Fonseca pelo sucesso na competição na cidade do Rosário na Argentina a qual jogou pela Seleção Brasileira de Futsal Sub 18.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mocao_283.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mocao_283.pdf</t>
   </si>
   <si>
     <t>à VIVEIRO SACOMAN pela inauguração de mais uma loja em nosso município.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/mocao_284.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/mocao_284.pdf</t>
   </si>
   <si>
     <t>à Fernanda Raphaela Gomes de Oliveira, pela seleção para participar do reality de culinária Master Chef Brasil, da Rede Bandeirantes de Televisão.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/mocao_285.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/mocao_285.pdf</t>
   </si>
   <si>
     <t>ao Grupo Bernardão pelo novo supermercado no Bairro Belvedere em Patrocínio.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/mocao_286.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/mocao_286.pdf</t>
   </si>
   <si>
     <t>ao Guilherme Adriano de Lima proprietário da BEAST AÇAÍ pelo excelente trabalho e pelo dinamismo empresarial.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/mocao_287.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/mocao_287.pdf</t>
   </si>
   <si>
     <t>à Paulo Sérgio dos Santos, pela participação na Maratona da Áustria, na cidade de Salzburgo, representando o Brasil.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mocao_288.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mocao_288.pdf</t>
   </si>
   <si>
     <t>ao ilustre Diretor da TV Patrocínio Web CLAUDIO JOSÉ DE ARVELOS.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mocao_289.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mocao_289.pdf</t>
   </si>
   <si>
     <t>à Maria Carolina Alves Nunes de Lima, pela promoção à gerente geral do Banco do Brasil, em Monte Carmelo.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mocao_290.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mocao_290.pdf</t>
   </si>
   <si>
     <t>à APAE de Patrocínio e a toda a comunidade apaeana, pelos 50 anos de relevantes serviços em nossa cidade.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mocao_291.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mocao_291.pdf</t>
   </si>
   <si>
     <t>à Campo Capital P2P, plataforma de investimentos em ativos do agronegócio.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mocao_292.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mocao_292.pdf</t>
   </si>
   <si>
     <t>aos jovens irmãos Lucas Barros Avila Machado e André Barros Avila Machado, pelos relevantes serviços prestados a igreja Católica.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mocao_293.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mocao_293.pdf</t>
   </si>
   <si>
     <t>ao LUIZ OLIVEIRA pela sua contribuição e dinamismo em prol do Campeonato Rural de Futebol.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/mocao_294.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/mocao_294.pdf</t>
   </si>
   <si>
     <t>a toda a equipe de Futebol do Caxambu, pela conquista da 2a colocação no Campeonato Rural de Patrocínio 2022.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/mocao_295.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/mocao_295.pdf</t>
   </si>
   <si>
     <t>ao Time de Futebol de Tejuco.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mocao_296.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mocao_296.pdf</t>
   </si>
   <si>
     <t>à ESCOLA ESTADUAL ODILON BEHRENS, em nome do seu diretor, o Sr. AFONSO CELSO TELES DE SOUZA, pela brilhante conquista do prêmio "ESCOLA TRANSFORMAÇÃO 2022".</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/mocao_297.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/mocao_297.pdf</t>
   </si>
   <si>
     <t>aos professores da Escolinha de Futebol Gol de Placa que formam a comissão técnica, pela conquista do Campeonato Regional Mirim de 2022 organizado pela Liga Patense de Desportos nas categorias sub11 e sub13.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/mocao_298.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/mocao_298.pdf</t>
   </si>
   <si>
     <t>a toda a equipe sub 13 da Escolinha de Futebol Gol de Placa, pela conquista do Campeonato Regional Mirim de 2022 organizado pela Liga Patense de Desportos.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_299.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_299.pdf</t>
   </si>
   <si>
     <t>a toda a equipe sub 11 da Escolinha de Futebol Gol de Placa, pela conquista do Campeonato Regional Mirim de 2022 organizado pela Liga Patense de Desportos de forma invicta.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_300.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_300.pdf</t>
   </si>
   <si>
     <t>aos alunos do IFTM HENRIQUE AKIRA FUJIHARA NOBUYASU, JÚLIA MOURA RIBEIRO, GABRIEL SILVA PEREIRA, JOÃO PAULO BATISTA DE ALMEIDA pela conquista na Olimpíada Canguru de Matemática.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/mocao_301.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/mocao_301.pdf</t>
   </si>
   <si>
     <t>ao Sr. Ismael Rodrigues Rosa pelos anos envolvidos em projetos sociais de futebol.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/mocao_302.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/mocao_302.pdf</t>
   </si>
   <si>
     <t>ao Cabeleireiro VIVALDO CESAR BARBOSA, proprietário do SALÃO DO VIVALDO.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_303.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_303.pdf</t>
   </si>
   <si>
     <t>ao Sr. Charles da Dutra Silva pela conquista do 1o lugar no 12° Festival Regional de Artes das APAES do Alto Paranaíba.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_304.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_304.pdf</t>
   </si>
   <si>
     <t>para Fernando Lacerda Barbosa, proprietário do Expetito Espetinho.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_305.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_305.pdf</t>
   </si>
   <si>
     <t>a empresa PATROAGRO pela sua nova loja e pelos relevantes serviços prestados ao produtor rural.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mocao_306.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mocao_306.pdf</t>
   </si>
   <si>
     <t>ao SINDICATO DOS TRABALHADORES RURAIS DE PATROCÍNIO, pela comemoração de 50 anos ininterruptos de boa prestação de serviços, proteção e defesa dos Trabalhadores Rurais do Município de Patrocínio.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mocao_307.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mocao_307.pdf</t>
   </si>
   <si>
     <t>ao Senhor Joel da Silva Carvalho pela recente recondução ao cargo de Presidente do Sindicato dos Trabalhadores Rurais de Patrocínio.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/mocao_308.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/mocao_308.pdf</t>
   </si>
   <si>
     <t>a Escola Estadual Joaquim Dias pelos 57 anos de história.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/mocao_309.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/mocao_309.pdf</t>
   </si>
   <si>
     <t>à FEDERAÇÃO DOS CAFEICULTORES DO CERRADO MINEIRO na pessoa de seu representante JULIANO TARABAL, pela embarcação de um milhão de sacas de café com selo de origem, levando a identidade do café da Região do Cerrado Mineiro para vários continentes.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mocao_310.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mocao_310.pdf</t>
   </si>
   <si>
     <t>ao jovem empreendedor e ativista do Movimento LGBTQUIA+ Marco Aurélio da Silva Magalhães.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/mocao_311.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/mocao_311.pdf</t>
   </si>
   <si>
     <t>ao 1° Sargento de Engenharia Cícero Raimundo de Souza, pela realização das campanhas de arrecadação de agasalhos e alimentos.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/mocao_312.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/mocao_312.pdf</t>
   </si>
   <si>
     <t>ao Subtenente Marcos Adriano Almeida Rodrigues, pela realização das campanhas de arrecadação de agasalhos e alimentos.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/mocao_313.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/mocao_313.pdf</t>
   </si>
   <si>
     <t>à Sr. Wilhiam Anselmo da Silva, por seu trabalho na Câmara Municipal de Patrocínio.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_314.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_314.pdf</t>
   </si>
   <si>
     <t>à Sr. Agilmar Ferreira Junior, por seu perfil no TikTok.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_315.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_315.pdf</t>
   </si>
   <si>
     <t>COOXUPÉ, pela inauguração do novo Núcleo em Patrocínio.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_316.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_316.pdf</t>
   </si>
   <si>
     <t>Aroma e Art Café, pelo destaque que vem alcançando, com seu diferencial no ramo de cafeteria.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/mocao_317.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/mocao_317.pdf</t>
   </si>
   <si>
     <t>HELOYBBQ, 1o LUGAR DO PRATO MAIS VENDIDO NA 6a EDIÇÃO DO FESTIVAL DE CULTURA E GASTRONOMIA DO CERRADO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/mocao_318.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/mocao_318.pdf</t>
   </si>
   <si>
     <t>Sra. Ercília Gonçalves Dias de Carvalho por sua colaboração com a sociedade Patrocinense através da União Fraterna Hilton Gonçalves Dias.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mocao_319.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mocao_319.pdf</t>
   </si>
   <si>
     <t>Colégio Prisma pelo seu jubileu de prata - 25 anos.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/mocao_320.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/mocao_320.pdf</t>
   </si>
   <si>
     <t>Edwar Santos pelo destaque no ramo de lanches em Patrocínio.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/mocao_321.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/mocao_321.pdf</t>
   </si>
   <si>
     <t>A DIRETORA ESCOLAR VALÉRIA CRISTINA SILVA, pelos trabalhos relevantes na E.M. Casimiro de Abreu.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/mocao_322.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/mocao_322.pdf</t>
   </si>
   <si>
     <t>Sra. Laira Carolina Arvelos por sua dedicação e sucesso obtidos como poetiza do SLAM.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/mocao_323.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/mocao_323.pdf</t>
   </si>
   <si>
     <t>AO LIONS CLUBE DE PATROCÍNIO, pela posse da nova diretoria Gestão 03/07/2022 a 03/07/2023.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mocao_324.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mocao_324.pdf</t>
   </si>
   <si>
     <t>A JEAN CARLOS DA SILVA, proprietário do PATROCINE CINEMA, por empreender e promover o entretenimento no município de Patrocínio-MG.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mocao_325.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mocao_325.pdf</t>
   </si>
   <si>
     <t>Cindy Larisse Avelar, Laura Rúbio Silva, Carolina Reis Mendes e Gabriela Ferreira Lage pela conquista do 3o lugar no Festival Arte Minas.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/mocao_326.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/mocao_326.pdf</t>
   </si>
   <si>
     <t>AO SICOOB CREDICOPA, pela nova agência em Patrocínio-MG.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/mocao_327.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/mocao_327.pdf</t>
   </si>
   <si>
     <t>A JBR CONSTRUTORA E INCORPORADORA LTDA/JBR IMÓVEIS pelo destaque no setor de empreendimentos imobiliários na cidade de Patrocínio-MG.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/mocao_328.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/mocao_328.pdf</t>
   </si>
   <si>
     <t>SOLINFTEC pelo trabalho realizado em Patrocínio e pela abertura da sede em nossa cidade.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/mocao_329.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/mocao_329.pdf</t>
   </si>
   <si>
     <t>Aos funcionários da Escola Municipal Dona Mulata por obter a maior pontuação do município no IDEB mesmo diante dos desafios enfrentados na pandemia.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/mocao_330.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/mocao_330.pdf</t>
   </si>
   <si>
     <t>Sra. Olinda Cândida da Cruz, pela obra "A árvore do amor e da esperança", idealizada para ser leiloada em prol do "Criança Esperança".</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mocao_331.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mocao_331.pdf</t>
   </si>
   <si>
     <t>Loja educativa Lolô e Lalá, no dia 1o de outubro de 2022, em Patrocínio.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/mocao_332.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/mocao_332.pdf</t>
   </si>
   <si>
     <t>Bem Mais Bela cosméticos, pela trajetória de sucesso no comércio de Patrocínio.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mocao_333.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mocao_333.pdf</t>
   </si>
   <si>
     <t>Deputada Estadual eleita Maria Clara Marra.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/mocao_334.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/mocao_334.pdf</t>
   </si>
   <si>
     <t>Deputada Federal reeleita Greyce Elias.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/mocao_335.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/mocao_335.pdf</t>
   </si>
   <si>
     <t>Governador reeleito Romeu Zema.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/mocao_336.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/mocao_336.pdf</t>
   </si>
   <si>
     <t>Deputado Federal reeleito Zé Vitor.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/mocao_337.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/mocao_337.pdf</t>
   </si>
   <si>
     <t>Tiago Alves da Silva, pela conquista do título de "campeão brasileiro master de ciclismo de estrada na prova contrarrelógio em Macaé - RJ.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mocao_338.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mocao_338.pdf</t>
   </si>
   <si>
     <t>Tricia Vitoria Porto do Vale, pelas quatro medalhas de ouro no Meeting Paralímpico Loterias Caixa de Atletismo, Halterofilismo e Natação.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/mocao_339.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/mocao_339.pdf</t>
   </si>
   <si>
     <t>COSEPAR Cooperativa de Cultura e Lazer dos Servidores da Educação de Patrocínio, pela inauguração da sede.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/mocao_340.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/mocao_340.pdf</t>
   </si>
   <si>
     <t>Lava jato WM, pela qualidade dos serviços prestados.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/mocao_341_e_342.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/mocao_341_e_342.pdf</t>
   </si>
   <si>
     <t>Os professores Bruno e José Ricardo da APAE - Patrocínio, pelo treinamento de sua equipe de alunos que conquistaram representativas premiações de medalhas no Meeting Loterias Caixa em Belo Horizonte, nas modalidades de atletismo e natação, no último 08/10/22.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/mocao_341_e_342.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/mocao_341_e_342.pdf</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mocao_343_a_347.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mocao_343_a_347.pdf</t>
   </si>
   <si>
     <t>5 alunos da APAE - Patrocínio, que participaram do Meeting Loterias Caixa em Belo Horizonte e venceram nas modalidades de atletismo e natação, conquistando medalhas. São eles: _x000D_
 Karlla Cristina: modalidade atletismo conquistando 01 medalha de ouro (100 metros) e 01 medalha de prata (200 metros). _x000D_
 Sebastião Augusto: modalidade atletismo, conquistando 01 medalha de bronze. _x000D_
 Lucas Eduardo: modalidade Natação, conquistando 01 medalha de Prata 100m Livre, 01 medalha de Bronze 100m Peito, 01 medalha de Bronze 100m Borboleta. _x000D_
 Matheus Amorim: modalidade Natação, conquistando 01 medalha de Prata 100m Livre, 01 medalha de Bronze 50m Costas. _x000D_
 Isaac Ramos: modalidade Natação, conquistando 01 medalha de Prata 100m Peito, 01 medalha de Bronze 100m Livre.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mocao_343_a_347.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mocao_343_a_347.pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mocao_343_a_347.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mocao_343_a_347.pdf</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mocao_343_a_347.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mocao_343_a_347.pdf</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/mocao_348.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/mocao_348.pdf</t>
   </si>
   <si>
     <t>À equipe de Beach Tennis de Minas Gerais, representado por Willson Botelho Neto, Rogério Carvalho Silva, Gabriela Pereira de Souza e Silva, pelo excelente desempenho na Copa das Federações de Beach Tennis 2022.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/mocao_349.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/mocao_349.pdf</t>
   </si>
   <si>
     <t>Aparecido Batista Maciel proprietário da Mercearia e Açougue do Grilo, por empreender no município.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/mocao_350.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/mocao_350.pdf</t>
   </si>
   <si>
     <t>Alan Barbosa de Oliveira Gomes e Glauciele Pereira Bezerra, proprietários do Espetinho do Xaropinho, por empreender no município.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/mocao_351.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/mocao_351.pdf</t>
   </si>
   <si>
     <t>Às colaboradoras do CEIM MARCO TÚLIO (lista de funcionários em anexo), pelos serviços prestados no Educandário.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/mocao_352.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/mocao_352.pdf</t>
   </si>
   <si>
     <t>"NA PRAIA ARENA" pelo investimento em nossa cidade como um complexo de lazer.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/mocao_353.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/mocao_353.pdf</t>
   </si>
   <si>
     <t>ELITE FITNESS ACADEMIA LTDA, pela recente ampliação e reinauguração do espaço para atividades de condicionamento físico.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/mocao_354.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/mocao_354.pdf</t>
   </si>
   <si>
     <t>Tacyana Peres, proprietária da Casa Lúdica, que busca promover o desenvolvimento emocional saudável para todas as idades e relações sociais.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mocao_355.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mocao_355.pdf</t>
   </si>
   <si>
     <t>Aline Aparecida da Silva Reis Barbosa, proprietária do Salão Espaço Line Hair, que se destaca pelo atendimento especializado, atencioso e de qualidade, valorizando a beleza da mulher.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/mocao_356.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/mocao_356.pdf</t>
   </si>
   <si>
     <t>À Antônio de Pádua, como Personalidade da Cultura Patrocinense através da sua contribuição como pianista da nossa cidade.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/mocao_357.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/mocao_357.pdf</t>
   </si>
   <si>
     <t>À Nadim Barrijo Shium, como Personalidade da Cultura Patrocinense através da sua contribuição como Secretário Municipal de Cultura da nossa cidade na gestão de 2005-2008.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mocao_358.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mocao_358.pdf</t>
   </si>
   <si>
     <t>à Suzana Alvares Barcelos, como Personalidade da Cultura Patrocinense através da sua contribuição no ensino de música, na nossa cidade.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/mocao_359.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/mocao_359.pdf</t>
   </si>
   <si>
     <t>Helena Alves Pires Nunes, como Personalidade da Cultura Patrocinense através da sua contribuição como eficientíssima prestadora de serviços à Secretaria Municipal de Cultura e Turismo.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/mocao_360.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/mocao_360.pdf</t>
   </si>
   <si>
     <t>Lúcio Antônio Silva, como Personalidade da Cultura Patrocinense através da sua contribuição como eficientíssimo prestador de serviços à Secretaria Municipal de Cultura e Turismo.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mocao_361.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mocao_361.pdf</t>
   </si>
   <si>
     <t>Eliane Cristina de Moraes Dornelas, como Personalidade da Cultura Patrocinense através da sua contribuição como Artista Plástica Patrocinense e pelo ofício de Professora de Arte da Fundação Casa da Cultura Odair de Oliveira desde 1997.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/mocao_362.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/mocao_362.pdf</t>
   </si>
   <si>
     <t>Walter José Pereira como Personalidade da Cultura Patrocinense através da sua contribuição como artista plástico na confecção dos Carros Alegóricos para os desfiles cívicos de nossa cidade.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/mocao_363.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/mocao_363.pdf</t>
   </si>
   <si>
     <t>Maria José Silva, como Personalidade da Cultura Patrocinense através da sua contribuição como Presidente da Gruta de Santos Reis de Patrocínio.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/mocao_364.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/mocao_364.pdf</t>
   </si>
   <si>
     <t>Gaspar Persilio, como Personalidade da Cultura Patrocinense através da sua contribuição às Folia de Reis de Patrocínio e região.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/mocao_365.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/mocao_365.pdf</t>
   </si>
   <si>
     <t>Isaac Henrique Pereira Rosa, bailarino do grupo Compasso do Studio Angélica Fonseca que foi selecionado pela CIA de Jazz Emaline Laia em Belo Horizonte- MG.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/mocao_366.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/mocao_366.pdf</t>
   </si>
   <si>
     <t>Wladiney Fonseca de Queiroz, como Personalidade da Cultura Patrocinense, pela contribuição por difundir a pratica da capoeira na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mocao_367.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mocao_367.pdf</t>
   </si>
   <si>
     <t>Gustavo Schutz, como Personalidade da Cultura Patrocinense, pela contribuição em difundir a Cultura HIP-HOP na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mocao_368.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mocao_368.pdf</t>
   </si>
   <si>
     <t>Cleonice Carolina Souza (karol Souza), como Personalidade da Cultura Patrocinense, através da sua contribuição como Atriz e pela realização da 8o edição da Mostra de Teatro de Patrocínio.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/mocao_369.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/mocao_369.pdf</t>
   </si>
   <si>
     <t>Sra. Maria Abadia Vieira, como Personalidade da Cultura Patrocinense, através da sua contribuição como Rainha Perpétua do Congado de Patrocínio.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/mocao_370.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/mocao_370.pdf</t>
   </si>
   <si>
     <t>Flávio Arvelos, como Personalidade da Cultura Patrocinense, através da sua contribuição como precursor e fomentador da arte teatral em nossa cidade.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/mocao_371.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/mocao_371.pdf</t>
   </si>
   <si>
     <t>Geraldo Arcanjo de Freitas, como Personalidade da Cultura Patrocinense, através da sua contribuição como Rei Perpétuo do Congado de Patrocínio.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/mocao_372.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/mocao_372.pdf</t>
   </si>
   <si>
     <t>Vânia Cristina Borges, como Personalidade da Cultura Patrocinense, através de sua contribuição como produtora cultural do Festival de Cultura e Gastronomia em Patrocínio.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/mocao_373.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/mocao_373.pdf</t>
   </si>
   <si>
     <t>Maria Rosa Pereira dos Reis (Mariinha), como Personalidade da Cultura Patrocinense, através de sua contribuição como artesã no município de Patrocínio.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mocao_374.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mocao_374.pdf</t>
   </si>
   <si>
     <t>Maria Camilo (Dona Fia), como Personalidade da Cultura Patrocinense através da sua contribuição pra cultura carnavalesca do nosso município.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mocao_375.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mocao_375.pdf</t>
   </si>
   <si>
     <t>Hedmar de Oliveira Ferreira, como Personalidade da Cultura Patrocinense através da sua contribuição na literatura histórica de nossa cidade.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/mocao_376.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/mocao_376.pdf</t>
   </si>
   <si>
     <t>Marelísio Aparecido Dias, como Personalidade da Cultura Patrocinense através da sua contribuição no fomento à preservação da cultura da viola caipira no nosso município.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/mocao_377.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/mocao_377.pdf</t>
   </si>
   <si>
     <t>Lílian Sebastiana Nascimento, como Personalidade da Cultura Patrocinense, através de sua contribuição no movimento grupo coral de Patrocínio.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/mocao_378.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/mocao_378.pdf</t>
   </si>
   <si>
     <t>Maria Luciana da Silva, como Personalidade da Cultura Patrocinense pela contribuição através das Matrizes Africanas.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/mocao_379.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/mocao_379.pdf</t>
   </si>
   <si>
     <t>FLOEMA NUTRIÇÃO VEGETAL, pelos bons serviços prestados à agricultura patrocinense há mais de 16 anos, trazendo benefícios e qualidade aos produtores rurais, visibilidade e divisas para o Município de Patrocínio.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/mocao_380.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/mocao_380.pdf</t>
   </si>
   <si>
     <t>Maércio dos Reis de Souza pelo trabalho desenvolvido frente a Cia. Sonhos Teatrias.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mocao_381.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mocao_381.pdf</t>
   </si>
   <si>
     <t>Atleta patrocinense LUIZ SILVA, Campeão Nacional de Peteca.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/mocao_382.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/mocao_382.pdf</t>
   </si>
   <si>
     <t>Advogado Dr. Fernando Ramos Bernardes, pela reeleição à presidência da APAE de Patrocínio.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/mocao_383.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/mocao_383.pdf</t>
   </si>
   <si>
     <t>Sr. SEBASTIÃO LUIZ TEODORO, pelos relevantes serviços prestados à Paróquia São Geraldo.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/mocao_384.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/mocao_384.pdf</t>
   </si>
   <si>
     <t>Sr. VICENTE PAULO SILVA, pelos relevantes serviços prestados com Árbitro de futebol.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mocao_385.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mocao_385.pdf</t>
   </si>
   <si>
     <t>Sr. ANTÔNIO CUNHA CASTRO, pelos relevantes serviços prestados ao Ferroviário Esporte Clube.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mocao_386.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mocao_386.pdf</t>
   </si>
   <si>
     <t>Sr. HONORICO JUNIOR DE SOUZA, pelos relevantes serviços prestados ao Ferroviário Esporte Clube.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/mocao_387.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/mocao_387.pdf</t>
   </si>
   <si>
     <t>Sr. ELÍSIO HUMBERTO DE SOUZA, pelos relevantes serviços prestados ao Ferroviário Esporte Clube.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/mocao_388.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/mocao_388.pdf</t>
   </si>
   <si>
     <t>DIRETORIA DO FERROVIÁRIO ESPORTE CLUBE, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/mocao_389.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/mocao_389.pdf</t>
   </si>
   <si>
     <t>Sr. MATHEUS CUNHA DE OLIVEIRA, pelos relevantes serviços prestados ao ROTARY CLUBE BRUMADO DOS PAVÕES.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_390.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_390.pdf</t>
   </si>
   <si>
     <t>Sr. JOÃO BATISTA DE CASTRO, pelos relevantes serviços prestados ao Ferroviário Esporte Clube.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_391.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_391.pdf</t>
   </si>
   <si>
     <t>Sr. NORBERTO GONÇALVES DE ABREU, pelos relevantes serviços prestados ao ROTARY CLUBE BRUMADO DOS PAVÕES, SENDO O IDEALIZADOR DO COSTELÃO DO BRUMADO.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_392.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_392.pdf</t>
   </si>
   <si>
     <t>Sr. GERALDO LUIZ DE SOUZA, pelos relevantes serviços prestados na Comunidade de Macaúbas de Cima.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_393.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_393.pdf</t>
   </si>
   <si>
     <t>Sr. ADEMIR EUGÊNIO DOS REIS, pelos relevantes serviços prestados - Posto Avenida.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_394.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_394.pdf</t>
   </si>
   <si>
     <t>Sr. MÁRCIO BORGES, pelos relevantes serviços prestados - Posto Jamaica.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_395.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_395.pdf</t>
   </si>
   <si>
     <t>Sr. PAULO SERGIO SIQUEIRA, pelos relevantes serviços prestados - Posto Jamaica.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_396.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_396.pdf</t>
   </si>
   <si>
     <t>Sr. LÚCIO FLÁVIO GUIMARÃES SILVA, pelos relevantes serviços prestados - Canindé Transportes.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_397.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_397.pdf</t>
   </si>
   <si>
     <t>ROTARY BRUMADO DOS PAVÕES, pela realização do XV Costelão do Brumado em prol do banco de cadeiras de roda.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_398.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_398.pdf</t>
   </si>
   <si>
     <t>Douglas Arthur de Oliveira Santos, pelo destaque com sua empresa Alumifort.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
     <t>LM</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/lei_no_5401-2022__-_valorizacao_do_verde.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/lei_no_5401-2022__-_valorizacao_do_verde.pdf</t>
   </si>
   <si>
     <t>CRIA A POLÍTICA MUNICIPAL DE EDUCAÇÃO E VALORIZAÇÃO DO VERDE.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/595/l_5403_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/595/l_5403_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “KELBER DE CASTRO CABRAL” O PLAYGROUND DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/l_5404_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/l_5404_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DE ECOPONTOS SOLIDÁRIOS DE COLETA DE TAMPAS PLÁSTICAS E LACRES DE LATAS DE ALUMÍNIO NOS ÓRGÃOS DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/l_5405_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/l_5405_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE DISPONIBILIZAÇÃO DE CONTAS, BOLETOS, RECIBOS, EXTRATOS E COBRANÇAS DE TRIBUTOS EM BRAILE.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/l_5406_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/l_5406_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA EDUCATIVA DE COMBATE À VIOLÊNCIA.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/l_5407_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/l_5407_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “RAFAEL SEBASTIÃO DOS REIS” O ESPAÇO FITNESS DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/l_5408_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/l_5408_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BANCO DE RAÇÃO E UTENSÍLIOS PARA ANIMAIS, NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/l_5409_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/l_5409_2022.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA “AÇÃO E SOLIDARIEDADE NAS ESCOLAS” NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/l_5410_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/l_5410_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “WALTER LUIZ MOREIRA (MINEIRÃO)” O CAMPO DE FUTEBOL DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/l_5411_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/l_5411_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “AFONSINA PIRES DE SOUZA” A QUADRA DE FUTEVÔLEI, ANEXA A PRAÇA DA SAÚDE BELCHIOLINA DE PAULA, NO BAIRRO BOA ESPERANÇA, EM PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/l_5412_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/l_5412_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ZILDA MARIA DA SILVA” O ESPAÇO KIDS, ANEXO A PRAÇA DA SAÚDE BELCHIOLINA DE PAULA, NO BAIRRO BOA ESPERANÇA, EM PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/l_5413_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/l_5413_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE SEGURANÇA ESPECIALIZADA EM EVENTOS REALIZADOS NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/l_5416_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/l_5416_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ITÁLIA NUNES SANTOS” O II ESPAÇO DE CONVIVÊNCIA DO CENTRO ESPORTIVO GASPAR FRANCISCO FÉLIX.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2329/l_5417_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2329/l_5417_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ELMIRO SILVA NETO” O ESPAÇO DE CONVIVÊNCIA DO CENTRO ESPORTIVO GASPAR FRANCISCO FÉLIX.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2330/l_5420_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2330/l_5420_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ALCINA DE CASTRO RIBEIRO” O LOGRADOURO PÚBLICO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2331/l_5421_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2331/l_5421_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DOS POLICIAIS: MILITARES, CIVIS E BOMBEIROS MILITARES, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Ricardo Antoni Rodrigues - Ricardo Balila</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2332/l_5422_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2332/l_5422_2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “PROFESSOR CLÁUDIO EUSTÁQUIO DE ALCÂNTARA” O TRECHO COMPREENDIDO ENTRE A RUA JOAQUIM OTÁVIO DE BRITO COM A RUA MARECHAL FLORIANO, PROLONGAMENTO DA RUA OSÓRIO AFONSO NO CENTRO ADMINISTRATIVO DR. OLÍMPIO GARCIA BRANDÃO.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2333/l_5423_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2333/l_5423_2022.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA EMPRESA AMIGA DO ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2334/l_5424_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2334/l_5424_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O DIREITO DAS UNIDADES FAMILIARES HOMOAFETIVAS NOS PROGRAMAS DE HABITAÇÃO POPULAR DESENVOLVIDO PELO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2335/l_5425_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2335/l_5425_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA MAIO DE MEL.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2336/l_5426_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2336/l_5426_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA ECONOMIA DE LUZ.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2337/l_5427_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2337/l_5427_2022.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTA A CAMPANHA PERMANENTE DE INCENTIVO A CRIAÇÃO DE COOPERATIVAS DE CATADORES DE MATERIAL RECICLÁVEL EM PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2338/l_5428_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2338/l_5428_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O SELO EMPRESA INCENTIVADORA DA EDUCAÇÃO DE FUNCIONÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2339/l_5429_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2339/l_5429_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS MUNICIPAL DE VALORIZAÇÃO DA GASTRONOMIA.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2340/l_5430_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2340/l_5430_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE CONSCIENTIZAÇÃO E COMBATE AOS CRIMES DE INTERNET NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2341/l_5431_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2341/l_5431_2022.pdf</t>
   </si>
   <si>
     <t>CRIA O TURISMO PEDAGÓGICO NAS ESCOLAS DA REDE MUNICIPAL DE EDUCAÇÃO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2342/l_5432_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2342/l_5432_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE COMBATE AO MACHISMO NO ÂMBITO DAS ESCOLAS MUNICIPAIS DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2343/lei_no_5434-2022__-_placas_nao_esquecer_as_criancas.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2343/lei_no_5434-2022__-_placas_nao_esquecer_as_criancas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE OS ESTABELECIMENTOS QUE POSSUEM ESTACIONAMENTO DE SINALIZAREM COM PLACAS ORIENTANDO OS MOTORISTAS A NÃO ESQUECEREM CRIANÇAS DENTRO DO VEÍCULO.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2344/l_5435_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2344/l_5435_2022.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO HISTÓRICO E CULTURAL, DE NATUREZA IMATERIAL, O CLUBE ATLÉTICO PATROCINENSE (CAP), SITUADO NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta, Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2345/l_5436_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2345/l_5436_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO OBRIGATÓRIA DE GIZ ANTIALÉRGICO NA REDE PÚBLICA MUNICIPAL DE ENSINO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2346/l_5437_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2346/l_5437_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE ORIENTAÇÃO E COMBATE A DIABETES, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2347/l_5438_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2347/l_5438_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA EXECUÇÃO DO HINO NACIONAL BRASILEIRO E/OU DO HINO DO MUNICÍPIO DE PATROCÍNIO/MG, NOS JOGOS DE FUTEBOL REALIZADOS NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2348/l_5439_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2348/l_5439_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BCAP - BANCO DE CADASTRO DOS ATLETAS PATROCINENSES.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2349/l_5440_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2349/l_5440_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A CRIAÇÃO DA FRENTE PARLAMENTAR EM PATROCÍNIO PELA COMEMORAÇÃO AO BICENTENÁRIO DA INDEPENDÊNCIA DO BRASIL.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2350/l_5441_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2350/l_5441_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE MANTER ACORRENTADOS ANIMAIS DOMÉSTICOS, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2351/l_5442_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2351/l_5442_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “MULHER VIVA” NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2352/l_5443_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2352/l_5443_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DE CONSCIENTIZAÇÃO SOBRE O CÂNCER INFANTO JUVENIL.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Leandro Maximo Caixeta - Leandro Caixeta, Odirlei José de Magalhães - Odirlei Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2353/l_5444_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2353/l_5444_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CADASTRO MUNICIPAL DE PROTETORES E CUIDADORES INDIVIDUAIS DE ANIMAIS EM SITUAÇÃO DE ABANDONO OU RISCO NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2354/l_5445_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2354/l_5445_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA ORIENTAÇÃO PROFISSIONAL PARA O PRIMEIRO EMPREGO.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2355/l_5447_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2355/l_5447_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DO LIVRO NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2356/l_5448_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2356/l_5448_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA POLÍTICA CONTRA AS MULHERES.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2357/l_5449_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2357/l_5449_2022.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTA A POLÍTICA MUNICIPAL DE LINGUAGEM CLARA NOS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2358/l_5450_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2358/l_5450_2022.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO HISTÓRICO E CULTURAL, DE NATUREZA IMATERIAL, A BANDA MARCIAL MAESTRO JOÃO DE SOUZA (FANFARRA DOM LUSTOSA) SITUADO NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>Eliane Ferreira Nunes - Eliane Nunes, Leandro Maximo Caixeta - Leandro Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2359/l_5451_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2359/l_5451_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE CERTIFICAÇÃO DE SELO “EMPRESA CRESCER PATROCÍNIO” NO MUNICÍPIO DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2360/lei_no_5553_2022.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2360/lei_no_5553_2022.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA ADOTE UM BEM CULTURAL NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/resolucao_no_88-2021_-_banco_de_ideias.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/resolucao_no_88-2021_-_banco_de_ideias.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Adriana Fátima Paula Magalhães - Adriana de Paula, Alexandre Vitor Castro da Cruz - Prof. Alexandre, Carlos Alberto Silva - Carlão, Eliane Ferreira Nunes - Eliane Nunes, Florisvaldo José de Souza - Valtinho do Jandaia, Francisca Carneiro dos Santos - Chiquita, José Roberto dos Santos - Salitre, Leandro Maximo Caixeta - Leandro Caixeta, Natanael Oliveira Diniz - Natanael Diniz, Odirlei José de Magalhães - Odirlei Magalhães, Paulo Roberto dos Santos - Panxita, Raquel Aparecida Rezende - Raquel, Ricardo Antoni Rodrigues - Ricardo Balila, Roberto Margari de Souza - Roberto Margari, Thiago Oliveira Malagoli - Thiago Malagoli</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/resolucao_no_89-2021_-institui_a_comissao_defesa_dos_direitos_da_pessoa_c_deficiencia.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/resolucao_no_89-2021_-institui_a_comissao_defesa_dos_direitos_da_pessoa_c_deficiencia.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA O INCISO XIV AO ART. 56 E O INCISO XIII AO ART. 60, AMBOS DA RESOLUÇÃO Nº 55, DE 11 DE JULHO DE 2017, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PATROCÍNIO”.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/resolucao_no_90-2021_-institui_a_comissao_impantacao_campus__universidade_federal.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/resolucao_no_90-2021_-institui_a_comissao_impantacao_campus__universidade_federal.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMISSÃO ESPECIAL TEMPORÁRIA PARA VIABILIZAR A IMPLANTAÇÃO DE UM CAMPUS DE UNIVERSIDADE FEDERAL NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Origânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/emenda_a_lei_organica_14-2017_-_cores_oficiais_do_municipio.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/emenda_a_lei_organica_14-2017_-_cores_oficiais_do_municipio.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA-SE O §1º E §2º AO ART. 3º DA LEI ORGÂNICA DO MUNICÍPIO, INSTITUINDO AS CORES OFICIAIS DO MUNICÍPIO E PADRONIZANDO AS PINTURAS DOS IMÓVEIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta, José Roberto dos Santos - Salitre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/decreto_legislativo__465-2022_-padre_olivar.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/decreto_legislativo__465-2022_-padre_olivar.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO PÁROCO PADRE OLIVAR CONSTANTINO PERES.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/decreto_legislativo__466-2022_-_padre_artur_oliveira.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/decreto_legislativo__466-2022_-_padre_artur_oliveira.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO BENEMÉRITO AO PADRE ARTUR OLIVEIRA.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/decreto_legislativo__467-2022_-_bruno_azevedo_santos.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/decreto_legislativo__467-2022_-_bruno_azevedo_santos.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SR. BRUNO DORNELES AZEVEDO SANTOS.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/decreto_legislativo__468-2022_-_sebastiao_gilberto_araujo.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/decreto_legislativo__468-2022_-_sebastiao_gilberto_araujo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SR. SEBASTIÃO GILBERTO ARAÚJO.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/decreto_legislativo__469-2022_-_honra_ao_merito_a_acip_e_cdl.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/decreto_legislativo__469-2022_-_honra_ao_merito_a_acip_e_cdl.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO À ACIP/CDL.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/decreto_legislativo__470-2022_-_servidor_nota_10.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/decreto_legislativo__470-2022_-_servidor_nota_10.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DA CÂMARA MUNICIPAL DE PATROCÍNIO O TROFÉU SERVIDOR NOTA 10 E REVOGA O DECRETO LEGISLATIVO Nº 181, DE 07 DE OUTUBRO DE 2014”.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>Adriana Fátima Paula Magalhães - Adriana de Paula, Alexandre Vitor Castro da Cruz - Prof. Alexandre, Carlos Alberto Silva - Carlão, Eliane Ferreira Nunes - Eliane Nunes, Florisvaldo José de Souza - Valtinho do Jandaia, José Roberto dos Santos - Salitre, Leandro Maximo Caixeta - Leandro Caixeta, Natanael Oliveira Diniz - Natanael Diniz, Odirlei José de Magalhães - Odirlei Magalhães, Paulo Roberto dos Santos - Panxita, Raquel Aparecida Rezende - Raquel, Ricardo Antoni Rodrigues - Ricardo Balila, Roberto Margari de Souza - Roberto Margari, Thiago Oliveira Malagoli - Thiago Malagoli</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/decreto_legislativo__471-2022_-_medalha_dr._walter.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/decreto_legislativo__471-2022_-_medalha_dr._walter.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL DE PATROCÍNIO - MG, O DIPLOMA E A MEDALHA DR. WALTER PEREIRA NUNES A PESSOAS QUE PRESTAM SERVIÇOS RELEVANTES EM PROL DE CAUSAS SOCIAIS E DOS DIREITOS HUMANOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7019,67 +7019,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_1139.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_1140.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_1141.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/212/indicacao_1142.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/214/indicacao_1143.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/216/indicacao_1144.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_1145.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao_1146.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_1147.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_1148.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_1149.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_1150.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_1151.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_1152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_1154.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_1155.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_1155.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_1156.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_1157.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_1158.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_1159.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_1160.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_1161.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_1162.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_1163.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_1164.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_1165.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_1166.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_1167.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_1168.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_1169.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_1170.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1171.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1172.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1173.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1174.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_1175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/288/indicacao_1176.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/289/indicacao_1177.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/290/indicacao_1178.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1179.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1180.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1181.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_1182.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1183.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_1184.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_1185.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_1186.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/299/indicacao_1187.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_1188.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_1189.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_1190.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_1191.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_1192.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_1193.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_1194.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_1195.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_1196.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_1197.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_1198.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_1199.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_1200.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_1201.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_1202.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/328/indicacao_1203.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_1204.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_1205.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_1206.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_1207.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_1208.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_1209.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_1210.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_1211.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_1212.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_1213.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_1214.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_1215.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_1216.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_1217.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_1218.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_1219.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/386/indicacao_1220.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/388/indicacao_1221.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_1222.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_1223.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_1224.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_1225.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/398/indicacao_1226.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_1227.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_1228.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_1229.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_1230.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_1231.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_1232.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/406/indicacao_1234.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/407/indicacao_1235.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/408/indicacao_1236.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_1237.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_1238.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_1239.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_1240.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_1241.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_1242.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_1243.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_1244.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_1245.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_1246.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_1247.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_1248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_1249.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_1250.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_1251.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_1252.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_1253.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_1254.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_1255.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_1256.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_1257.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_1258.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_1259.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_1260.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_1261.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_1262.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_1263.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_1264.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/488/indicacao_1265.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/489/indicacao_1266.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/490/indicacao_1267.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_1268.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/492/indicacao_1269.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/493/indicacao_1270.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/494/indicacao_1271.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/495/indicacao_1272.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_1273.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/498/indicacao_1274.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/499/indicacao_1275.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/500/indicacao_1276.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/501/indicacao_1277.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/502/indicacao_1278.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/503/indicacao_1279.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/504/indicacao_1280.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/505/indicacao_1281.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/517/indicacao_1282.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/518/indicacao_1283.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/520/indicacao_1284.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/533/indicacao_1285.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/534/indicacao_1286.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/536/indicacao_1287.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/537/indicacao_1288.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/538/indicacao_1289.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/539/indicacao_1290.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/540/indicacao_1291.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_1292.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_1293.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/543/indicacao_1294.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_1295.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_1296.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_1297.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_1298.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_1299.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_1300.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_1301.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_1302.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_1303.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_1304.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_1305.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_1306.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_1307.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_1308.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_1309.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_1310.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_1311.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_1312.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_1313.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_1314.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_1315.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_1316.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_1317.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_1318.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_1319.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_1320.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_1321.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_1322.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_1323.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_1324.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_1325.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_1326.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_1327.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_1328.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_1329.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_1330.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_1331.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_1332.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_1333.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_1334.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_1335.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_1336.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_1337.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_1338.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_1339.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_1340.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_1341.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_1342.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_1343.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_1344.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_1345.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_1346.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_1347.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_1348.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_1349.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_1350.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_1351.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_1352.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_1353.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_1354.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_1355.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_1356.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_1357.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_1358.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_1359.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_1360.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_1361.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_1362.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_1363.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_1364.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_1365.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_1366.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_1367.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_1368.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_1369.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_1370.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_1371.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_1372.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_1373.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_1374.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/946/indicacao_1375.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_1376.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_1377.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_1378.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_1379.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_1380.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_1381.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_1382.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_1383.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_1384.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_1385.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_1386.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_1387.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_1388.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_1389.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_1390.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_1391.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_1392.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_1393.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_1394.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_1395.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_1396.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_1397.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_1398.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_1399.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_1400.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_1401.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_1402.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_1403.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_1404.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_1405.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_1406.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_1407.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_1408.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_1409.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_1410.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_1411.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_1412.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_1413.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_1414.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_1415.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_1416.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_1417.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_1418.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_1419.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_1420.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_1421.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_1422.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_1423.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_1424.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_1425.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_1426.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_1427.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_1428.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_1429.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_1430.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_1431.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1295/indicacao_1432.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_1433.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_1434.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_1435.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_1436.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_1437.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_1438.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_1439.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_1440.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_1441.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_1442.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1306/indicacao_1443.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1307/indicacao_1444.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1351/indicacao_1445.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_1446.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1357/indicacao_1447.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_1448.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_1449.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1360/indicacao_1450.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1361/indicacao_1451.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1363/indicacao_1452.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1365/indicacao_1453.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_1454.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_1455.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1369/indicacao_1456.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1370/indicacao_1457.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1371/indicacao_1458.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1372/indicacao_1459.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1373/indicacao_1460.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1374/indicacao_1461.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1375/indicacao_1462.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1376/indicacao_1463.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1377/indicacao_1464.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_1465.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_1466.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_1467.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_1468.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1382/indicacao_1469.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1383/indicacao_1470.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1384/indicacao_1471.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_1472.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1386/indicacao_1473.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1387/indicacao_1474.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_1475.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1389/indicacao_1476.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_1477.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1391/indicacao_1478.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1392/indicacao_1479.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1393/indicacao_1480.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_1481.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_1482.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_1483.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/mocao_215.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mocao_216.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/mocao_217.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mocao_218.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mocao_219.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mocao_220.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/mocao_221.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/mocao_222.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/mocao_223.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/mocao_224.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/mocao_225.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/mocao_226.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mocao_227.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mocao_228.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/mocao_229.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/mocao_230.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/mocao_231.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mocao_232.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mocao_233.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/mocao_234.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/mocao_235.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/mocao_236.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/mocao_237.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/mocao_238.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/mocao_239.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/mocao_240.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mocao_242.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/mocao_243.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/mocao_244.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mocao_245.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/mocao_246.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/mocao_247.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/mocao_248.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/mocao_249.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/mocao_250.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/mocao_251.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/mocao_252.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/mocao_253.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/mocao_254.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mocao_255.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mocao_256.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mocao_257.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mocao_258.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mocao_259.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mocao_260.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mocao_261.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mocao_262.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/mocao_263.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/mocao_264.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/mocao_265.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/mocao_266.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/mocao_267.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/mocao_268.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/mocao_269.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/mocao_270.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/mocao_271.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/mocao_272.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/mocao_273.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/mocao_274.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/mocao_275.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/mocao_276.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/mocao_277.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/mocao_278.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/mocao_279.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/mocao_280.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/mocao_281.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/mocao_282.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mocao_283.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/mocao_284.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/mocao_285.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/mocao_286.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/mocao_287.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mocao_288.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mocao_289.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mocao_290.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mocao_291.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mocao_292.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mocao_293.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/mocao_294.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/mocao_295.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mocao_296.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/mocao_297.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/mocao_298.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_299.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_300.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/mocao_301.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/mocao_302.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_303.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_304.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_305.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mocao_306.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mocao_307.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/mocao_308.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/mocao_309.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mocao_310.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/mocao_311.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/mocao_312.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/mocao_313.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_314.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_315.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_316.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/mocao_317.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/mocao_318.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mocao_319.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/mocao_320.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/mocao_321.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/mocao_322.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/mocao_323.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mocao_324.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mocao_325.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/mocao_326.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/mocao_327.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/mocao_328.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/mocao_329.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/mocao_330.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mocao_331.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/mocao_332.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mocao_333.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/mocao_334.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/mocao_335.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/mocao_336.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/mocao_337.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mocao_338.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/mocao_339.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/mocao_340.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/mocao_341_e_342.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/mocao_341_e_342.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/mocao_348.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/mocao_349.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/mocao_350.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/mocao_351.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/mocao_352.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/mocao_353.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/mocao_354.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mocao_355.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/mocao_356.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/mocao_357.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mocao_358.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/mocao_359.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/mocao_360.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mocao_361.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/mocao_362.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/mocao_363.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/mocao_364.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/mocao_365.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/mocao_366.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mocao_367.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mocao_368.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/mocao_369.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/mocao_370.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/mocao_371.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/mocao_372.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/mocao_373.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mocao_374.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mocao_375.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/mocao_376.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/mocao_377.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/mocao_378.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/mocao_379.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/mocao_380.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mocao_381.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/mocao_382.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/mocao_383.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/mocao_384.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mocao_385.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mocao_386.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/mocao_387.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/mocao_388.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/mocao_389.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_390.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_391.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_392.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_393.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_394.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_395.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_396.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_397.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_398.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/lei_no_5401-2022__-_valorizacao_do_verde.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/595/l_5403_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/l_5404_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/l_5405_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/l_5406_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/l_5407_2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/l_5408_2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/l_5409_2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/l_5410_2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/l_5411_2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/l_5412_2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/l_5413_2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/l_5416_2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2329/l_5417_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2330/l_5420_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2331/l_5421_2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2332/l_5422_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2333/l_5423_2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2334/l_5424_2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2335/l_5425_2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2336/l_5426_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2337/l_5427_2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2338/l_5428_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2339/l_5429_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2340/l_5430_2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2341/l_5431_2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2342/l_5432_2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2343/lei_no_5434-2022__-_placas_nao_esquecer_as_criancas.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2344/l_5435_2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2345/l_5436_2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2346/l_5437_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2347/l_5438_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2348/l_5439_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2349/l_5440_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2350/l_5441_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2351/l_5442_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2352/l_5443_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2353/l_5444_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2354/l_5445_2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2355/l_5447_2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2356/l_5448_2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2357/l_5449_2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2358/l_5450_2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2359/l_5451_2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2360/lei_no_5553_2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/resolucao_no_88-2021_-_banco_de_ideias.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/resolucao_no_89-2021_-institui_a_comissao_defesa_dos_direitos_da_pessoa_c_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/resolucao_no_90-2021_-institui_a_comissao_impantacao_campus__universidade_federal.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/emenda_a_lei_organica_14-2017_-_cores_oficiais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/decreto_legislativo__465-2022_-padre_olivar.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/decreto_legislativo__466-2022_-_padre_artur_oliveira.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/decreto_legislativo__467-2022_-_bruno_azevedo_santos.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/decreto_legislativo__468-2022_-_sebastiao_gilberto_araujo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/decreto_legislativo__469-2022_-_honra_ao_merito_a_acip_e_cdl.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/decreto_legislativo__470-2022_-_servidor_nota_10.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/decreto_legislativo__471-2022_-_medalha_dr._walter.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_1139.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_1140.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_1141.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/212/indicacao_1142.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/214/indicacao_1143.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/216/indicacao_1144.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_1145.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/220/indicacao_1146.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/221/indicacao_1147.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/223/indicacao_1148.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/226/indicacao_1149.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_1150.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_1151.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_1152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_1154.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_1155.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_1155.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_1156.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_1157.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_1158.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_1159.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_1160.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_1161.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_1162.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_1163.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_1164.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_1165.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_1166.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/273/indicacao_1167.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_1168.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_1169.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_1170.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/279/indicacao_1171.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/280/indicacao_1172.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_1173.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/284/indicacao_1174.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_1175.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/288/indicacao_1176.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/289/indicacao_1177.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/290/indicacao_1178.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/291/indicacao_1179.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/292/indicacao_1180.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/293/indicacao_1181.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/294/indicacao_1182.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/295/indicacao_1183.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/296/indicacao_1184.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/297/indicacao_1185.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/298/indicacao_1186.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/299/indicacao_1187.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/300/indicacao_1188.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/301/indicacao_1189.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/305/indicacao_1190.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/306/indicacao_1191.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/309/indicacao_1192.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/311/indicacao_1193.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/313/indicacao_1194.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/314/indicacao_1195.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/316/indicacao_1196.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/318/indicacao_1197.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/319/indicacao_1198.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/322/indicacao_1199.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/323/indicacao_1200.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/324/indicacao_1201.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/326/indicacao_1202.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/328/indicacao_1203.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/329/indicacao_1204.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/330/indicacao_1205.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/331/indicacao_1206.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/332/indicacao_1207.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/333/indicacao_1208.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/334/indicacao_1209.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/338/indicacao_1210.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/340/indicacao_1211.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/341/indicacao_1212.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/343/indicacao_1213.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/344/indicacao_1214.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/346/indicacao_1215.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/348/indicacao_1216.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/349/indicacao_1217.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/350/indicacao_1218.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/351/indicacao_1219.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/386/indicacao_1220.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/388/indicacao_1221.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/390/indicacao_1222.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/392/indicacao_1223.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/394/indicacao_1224.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/396/indicacao_1225.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/398/indicacao_1226.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/399/indicacao_1227.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/400/indicacao_1228.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/401/indicacao_1229.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/402/indicacao_1230.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/403/indicacao_1231.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_1232.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/406/indicacao_1234.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/407/indicacao_1235.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/408/indicacao_1236.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_1237.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_1238.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_1239.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_1240.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_1241.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_1242.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_1243.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_1244.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_1245.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_1246.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/423/indicacao_1247.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/426/indicacao_1248.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_1249.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/450/indicacao_1250.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/451/indicacao_1251.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/452/indicacao_1252.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/454/indicacao_1253.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_1254.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/466/indicacao_1255.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/467/indicacao_1256.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_1257.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_1258.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_1259.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_1260.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_1261.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_1262.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_1263.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_1264.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/488/indicacao_1265.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/489/indicacao_1266.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/490/indicacao_1267.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/491/indicacao_1268.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/492/indicacao_1269.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/493/indicacao_1270.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/494/indicacao_1271.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/495/indicacao_1272.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/496/indicacao_1273.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/498/indicacao_1274.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/499/indicacao_1275.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/500/indicacao_1276.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/501/indicacao_1277.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/502/indicacao_1278.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/503/indicacao_1279.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/504/indicacao_1280.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/505/indicacao_1281.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/517/indicacao_1282.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/518/indicacao_1283.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/520/indicacao_1284.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/533/indicacao_1285.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/534/indicacao_1286.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/536/indicacao_1287.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/537/indicacao_1288.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/538/indicacao_1289.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/539/indicacao_1290.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/540/indicacao_1291.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/541/indicacao_1292.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/542/indicacao_1293.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/543/indicacao_1294.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_1295.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_1296.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_1297.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_1298.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_1299.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_1300.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_1301.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_1302.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_1303.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_1304.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_1305.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_1306.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_1307.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_1308.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_1309.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_1310.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_1311.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_1312.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_1313.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_1314.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_1315.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_1316.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_1317.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_1318.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_1319.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_1320.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_1321.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_1322.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_1323.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_1324.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_1325.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_1326.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_1327.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_1328.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/783/indicacao_1329.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_1330.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/841/indicacao_1331.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/842/indicacao_1332.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/843/indicacao_1333.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/844/indicacao_1334.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/845/indicacao_1335.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/846/indicacao_1336.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/847/indicacao_1337.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/848/indicacao_1338.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/850/indicacao_1339.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/852/indicacao_1340.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/853/indicacao_1341.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/855/indicacao_1342.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/856/indicacao_1343.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/857/indicacao_1344.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/858/indicacao_1345.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/859/indicacao_1346.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/860/indicacao_1347.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/861/indicacao_1348.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/862/indicacao_1349.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/863/indicacao_1350.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/865/indicacao_1351.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/866/indicacao_1352.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/867/indicacao_1353.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/869/indicacao_1354.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/871/indicacao_1355.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/872/indicacao_1356.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/873/indicacao_1357.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/875/indicacao_1358.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/877/indicacao_1359.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/878/indicacao_1360.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/928/indicacao_1361.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/929/indicacao_1362.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/930/indicacao_1363.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/932/indicacao_1364.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/933/indicacao_1365.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/935/indicacao_1366.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/937/indicacao_1367.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/938/indicacao_1368.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/939/indicacao_1369.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/940/indicacao_1370.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/941/indicacao_1371.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/942/indicacao_1372.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/944/indicacao_1373.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/945/indicacao_1374.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/946/indicacao_1375.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/949/indicacao_1376.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/950/indicacao_1377.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/991/indicacao_1378.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/992/indicacao_1379.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/993/indicacao_1380.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/994/indicacao_1381.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_1382.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1060/indicacao_1383.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1061/indicacao_1384.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1067/indicacao_1385.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1069/indicacao_1386.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1070/indicacao_1387.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1071/indicacao_1388.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_1389.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_1390.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1074/indicacao_1391.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_1392.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1076/indicacao_1393.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao_1394.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1081/indicacao_1395.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1082/indicacao_1396.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1083/indicacao_1397.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1084/indicacao_1398.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1094/indicacao_1399.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1096/indicacao_1400.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1099/indicacao_1401.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1100/indicacao_1402.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1101/indicacao_1403.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1102/indicacao_1404.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1103/indicacao_1405.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1104/indicacao_1406.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1105/indicacao_1407.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1170/indicacao_1408.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1172/indicacao_1409.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1194/indicacao_1410.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1196/indicacao_1411.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1197/indicacao_1412.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1236/indicacao_1413.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1237/indicacao_1414.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1239/indicacao_1415.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1241/indicacao_1416.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1242/indicacao_1417.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1244/indicacao_1418.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1246/indicacao_1419.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1247/indicacao_1420.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1249/indicacao_1421.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1250/indicacao_1422.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1252/indicacao_1423.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1253/indicacao_1424.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1256/indicacao_1425.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1258/indicacao_1426.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1259/indicacao_1427.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1260/indicacao_1428.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1261/indicacao_1429.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1262/indicacao_1430.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1263/indicacao_1431.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1295/indicacao_1432.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_1433.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_1434.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_1435.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_1436.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_1437.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_1438.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_1439.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_1440.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_1441.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_1442.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1306/indicacao_1443.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1307/indicacao_1444.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1351/indicacao_1445.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_1446.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1357/indicacao_1447.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_1448.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_1449.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1360/indicacao_1450.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1361/indicacao_1451.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1363/indicacao_1452.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1365/indicacao_1453.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_1454.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_1455.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1369/indicacao_1456.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1370/indicacao_1457.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1371/indicacao_1458.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1372/indicacao_1459.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1373/indicacao_1460.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1374/indicacao_1461.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1375/indicacao_1462.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1376/indicacao_1463.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1377/indicacao_1464.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_1465.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_1466.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_1467.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_1468.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1382/indicacao_1469.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1383/indicacao_1470.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1384/indicacao_1471.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_1472.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1386/indicacao_1473.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1387/indicacao_1474.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_1475.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1389/indicacao_1476.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_1477.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1391/indicacao_1478.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1392/indicacao_1479.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1393/indicacao_1480.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_1481.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_1482.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_1483.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1810/mocao_215.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1811/mocao_216.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1812/mocao_217.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1813/mocao_218.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1814/mocao_219.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1815/mocao_220.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1826/mocao_221.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1827/mocao_222.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1828/mocao_223.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1829/mocao_224.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1830/mocao_225.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1831/mocao_226.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1832/mocao_227.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1833/mocao_228.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1834/mocao_229.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1835/mocao_230.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1836/mocao_231.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1837/mocao_232.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1838/mocao_233.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1839/mocao_234.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1840/mocao_235.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1841/mocao_236.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1842/mocao_237.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1843/mocao_238.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1844/mocao_239.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1845/mocao_240.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1846/mocao_241.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1847/mocao_242.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1848/mocao_243.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1849/mocao_244.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1850/mocao_245.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1851/mocao_246.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1852/mocao_247.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1853/mocao_248.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1854/mocao_249.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1855/mocao_250.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1856/mocao_251.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1857/mocao_252.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1858/mocao_253.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1859/mocao_254.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1860/mocao_255.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1861/mocao_256.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1862/mocao_257.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1863/mocao_258.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1864/mocao_259.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1865/mocao_260.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1866/mocao_261.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1867/mocao_262.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1868/mocao_263.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1869/mocao_264.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1870/mocao_265.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1871/mocao_266.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1872/mocao_267.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1873/mocao_268.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1874/mocao_269.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1875/mocao_270.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1876/mocao_271.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1877/mocao_272.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1878/mocao_273.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1879/mocao_274.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1880/mocao_275.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1881/mocao_276.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1882/mocao_277.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1883/mocao_278.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/mocao_279.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1885/mocao_280.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/mocao_281.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/mocao_282.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/mocao_283.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/mocao_284.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/mocao_285.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/mocao_286.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/mocao_287.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/mocao_288.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/mocao_289.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/mocao_290.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/mocao_291.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/mocao_292.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/mocao_293.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/mocao_294.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/mocao_295.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/mocao_296.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/mocao_297.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/mocao_298.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_299.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_300.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1912/mocao_301.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1913/mocao_302.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_303.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_304.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_305.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/mocao_306.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/mocao_307.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/mocao_308.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/mocao_309.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/mocao_310.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/mocao_311.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/mocao_312.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/mocao_313.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/mocao_314.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/mocao_315.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/mocao_316.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/mocao_317.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/mocao_318.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/mocao_319.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/mocao_320.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/mocao_321.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/mocao_322.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/mocao_323.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/mocao_324.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/mocao_325.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/mocao_326.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/mocao_327.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/mocao_328.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/mocao_329.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/mocao_330.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/mocao_331.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/mocao_332.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/mocao_333.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/mocao_334.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/mocao_335.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/mocao_336.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/mocao_337.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/mocao_338.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/mocao_339.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/mocao_340.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/mocao_341_e_342.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/mocao_341_e_342.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/mocao_343_a_347.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/mocao_348.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/mocao_349.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/mocao_350.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/mocao_351.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/mocao_352.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/mocao_353.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/mocao_354.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/mocao_355.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/mocao_356.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/mocao_357.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/mocao_358.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/mocao_359.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/mocao_360.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/mocao_361.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/mocao_362.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/mocao_363.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/mocao_364.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/mocao_365.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/mocao_366.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/mocao_367.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/mocao_368.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/mocao_369.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/mocao_370.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/mocao_371.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/mocao_372.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/mocao_373.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/mocao_374.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/mocao_375.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1987/mocao_376.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/mocao_377.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/mocao_378.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/mocao_379.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/mocao_380.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/mocao_381.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/mocao_382.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/mocao_383.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/mocao_384.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/mocao_385.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/mocao_386.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/mocao_387.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/mocao_388.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/mocao_389.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/mocao_390.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/mocao_391.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/mocao_392.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/mocao_393.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/mocao_394.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/mocao_395.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/mocao_396.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/mocao_397.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/mocao_398.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/lei_no_5401-2022__-_valorizacao_do_verde.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/595/l_5403_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/l_5404_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/l_5405_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/l_5406_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/l_5407_2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/l_5408_2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/l_5409_2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/l_5410_2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/l_5411_2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/l_5412_2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/l_5413_2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/l_5416_2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2329/l_5417_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2330/l_5420_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2331/l_5421_2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2332/l_5422_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2333/l_5423_2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2334/l_5424_2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2335/l_5425_2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2336/l_5426_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2337/l_5427_2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2338/l_5428_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2339/l_5429_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2340/l_5430_2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2341/l_5431_2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2342/l_5432_2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2343/lei_no_5434-2022__-_placas_nao_esquecer_as_criancas.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2344/l_5435_2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2345/l_5436_2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2346/l_5437_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2347/l_5438_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2348/l_5439_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2349/l_5440_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2350/l_5441_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2351/l_5442_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2352/l_5443_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2353/l_5444_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2354/l_5445_2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2355/l_5447_2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2356/l_5448_2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2357/l_5449_2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2358/l_5450_2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2359/l_5451_2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2360/lei_no_5553_2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/resolucao_no_88-2021_-_banco_de_ideias.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/resolucao_no_89-2021_-institui_a_comissao_defesa_dos_direitos_da_pessoa_c_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/resolucao_no_90-2021_-institui_a_comissao_impantacao_campus__universidade_federal.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/emenda_a_lei_organica_14-2017_-_cores_oficiais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/decreto_legislativo__465-2022_-padre_olivar.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/decreto_legislativo__466-2022_-_padre_artur_oliveira.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/decreto_legislativo__467-2022_-_bruno_azevedo_santos.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/decreto_legislativo__468-2022_-_sebastiao_gilberto_araujo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/decreto_legislativo__469-2022_-_honra_ao_merito_a_acip_e_cdl.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/decreto_legislativo__470-2022_-_servidor_nota_10.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/decreto_legislativo__471-2022_-_medalha_dr._walter.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H586"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>