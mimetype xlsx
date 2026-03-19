--- v0 (2025-12-04)
+++ v1 (2026-03-19)
@@ -54,8204 +54,8204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Roberto Margari de Souza - Roberto Margari</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_1484.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_1484.pdf</t>
   </si>
   <si>
     <t>Implantação do Programa Aprove Fácil.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_1485.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_1485.pdf</t>
   </si>
   <si>
     <t>Que faça a limpeza do entorno da calçada da Alameda dos Eucaliptos no bairro Morada Nova e que sejam colocados alambrados de proteção com telas para preservar a área de proteção ambiental.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_1486.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_1486.pdf</t>
   </si>
   <si>
     <t>Juntamente com a Defesa Civil Municipal para que faça um minucioso levantamento das árvores do município em especial as que estão com risco de queda.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_1487.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_1487.pdf</t>
   </si>
   <si>
     <t>Que faça intervenções urgentes bem como melhor escoamento da água e obras de construção na Rua Deiró Marra no bairro Enéas devido aos transtornos causados pelas chuvas.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_1488.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_1488.pdf</t>
   </si>
   <si>
     <t>Que providencie a adequação e o pagamento dos vencimentos da educação de acordo com o piso do magistério publicado pelo Ministério da Educação em 18/01/2023.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_1489.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_1489.pdf</t>
   </si>
   <si>
     <t>Que equalize o salário da Coordenadora de Centro Educacional Infantil ao de diretora escolar.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_1490.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_1490.pdf</t>
   </si>
   <si>
     <t>Que promova um mutirão de atendimento odontológico para a saúde bucal dos munícipes.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_1491.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_1491.pdf</t>
   </si>
   <si>
     <t>Que inclua o calçado padrão tênis como compontente do KIT Escolar entregue todo ano aos alunos da rede Municipal de Educação.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_1492.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_1492.pdf</t>
   </si>
   <si>
     <t>Que dê maior publicidade sobre o projeto paisagístico da Avenida do Catiguá e cheguem num entendimento.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_1493.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_1493.pdf</t>
   </si>
   <si>
     <t>Que instale totens para carregar celulares.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_1494.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_1494.pdf</t>
   </si>
   <si>
     <t>A necessidade de fazer alteração do Parágrafo 1º do Art.22 da lei complementar 132/2014.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>Thiago Oliveira Malagoli - Thiago Malagoli</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_1495.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_1495.pdf</t>
   </si>
   <si>
     <t>Que inscreva o Município de Patrocínio no Programa Saúde na Escola do Estado de Minas Gerais, Ciclo 2023/2024.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_1496.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_1496.pdf</t>
   </si>
   <si>
     <t>Para que dê maior agilidade na liberação de alvarás especiais.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_1497.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_1497.pdf</t>
   </si>
   <si>
     <t>Que faça o recapeamento asfáltico da Rua Orlando Fernandes Botelho no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_1498.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_1498.pdf</t>
   </si>
   <si>
     <t>Que analise a posibilidade de, asfaltar trecho ao lado da construção de ampliação do do CEI Maria Conceição Borges Paiva, no Distrito de Salitre de Minas, Município de Patrocínio.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_1499.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_1499.pdf</t>
   </si>
   <si>
     <t>Viabilize a inclusão da ciência do Direito como tema complementar nas atividades escolares da rede pública de ensino, no âmbito do Município de Patrocínio.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_1500.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_1500.pdf</t>
   </si>
   <si>
     <t>Que providencie a sinalização na rotatória do trevo da BR 365, sentido Patos/Uberlândia, indicando a direção do ponto turístico do CRISTO REDENTOR e da GRUTA DE SANTOS REIS, no bairro Cruzeiro da Serra, Patrocínio-MG,.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>Odirlei José de Magalhães - Odirlei Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_1501.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_1501.pdf</t>
   </si>
   <si>
     <t>Para que possibilite aos candidatos de baixa renda a utilização das UBS — Unidades Básicas de Saúde na aquisição do atestado de aptidão física para execução das provas práticas do Concurso Público que se encontra em andamento.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_1502.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_1502.pdf</t>
   </si>
   <si>
     <t>Que analise possibilidade de disponibilizar um ônibus com a linha Chapadão de Ferro — Patrocínio, para transporte dos moradores da referida localidade.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>Ricardo Antoni Rodrigues - Ricardo Balila</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_1503.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_1503.pdf</t>
   </si>
   <si>
     <t>Revitalização, Manutenção e: Cascalhamento de todas as estradas Rurais do nosso Município em especial as estradas de Caxambú e Dourados.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_1504.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_1504.pdf</t>
   </si>
   <si>
     <t>Pedido de lonas para os produtores rurais de nossa cidade tampar os silos de suas propriedades.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>Eliane Ferreira Nunes - Eliane Nunes</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_1505.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_1505.pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma reunião com pessoas com deficiência para garantir a acessibilidade nos shows da Fenacafé 2023.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_1506.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_1506.pdf</t>
   </si>
   <si>
     <t>Implantação de quadros brancos nas Escolas Municipais de nossa cidade.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_1507.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_1507.pdf</t>
   </si>
   <si>
     <t>Que reforce o quadro de seguranças nas quadras de esportes do município.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_1508.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_1508.pdf</t>
   </si>
   <si>
     <t>Que faça uma ampla reforma na Escola Municipal Irma de Carvalho no Bairro Serra Negra.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_1509.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_1509.pdf</t>
   </si>
   <si>
     <t>Que, de forma a garantir recebimento de 60% de aumento no valor do repasse do Estado ao transporte escolar, adeque, divulgue e insira Patrocínio ao novo modelo do Programa de Transporte Escolar — PTE - Secretaria de Estado de Educação.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>Florisvaldo José de Souza - Valtinho do Jandaia</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_1510.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_1510.pdf</t>
   </si>
   <si>
     <t>Necessidade de providenciar o recapeamento do asfalto na Rua Martins Mundim no trecho entre a Av. Dom Jose André Coimbra até a Rua Nonato Matias no Bairro São Cristovão.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_1511.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_1511.pdf</t>
   </si>
   <si>
     <t>Abertura de turmas de 3º e 4º ano no Projeto Guri de Patrocínio para suprir a quantidade de alunos do que se encontram na lista de espera.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_1512.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_1512.pdf</t>
   </si>
   <si>
     <t>Que o município manifeste interesse e peça a concessão de uso da Estação Ferroviária.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_1513.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_1513.pdf</t>
   </si>
   <si>
     <t>ampliação do número de salas do Centro de Educação Infantil Municipal São Cristóvão, para atender o extenso número de crianças de O a 3 anos e alunos da Educação Infantil dos bairros Olímpio Nunes e Manuel Nunes.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_1514.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_1514.pdf</t>
   </si>
   <si>
     <t>Melhoria e limpeza da grelha da boca de lobo para evitar o acúmulo de entulhos e a proliferação de animais peçonhentos na Alameda Pau Brasil esquina com a Alameda Babaçus e Maçarandubas, nas mediações do nº 94 — Bairro Dona Diva.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_1515.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_1515.pdf</t>
   </si>
   <si>
     <t>Livre acesso a todos deficientes ou a um determinado grupo na Fenacafé 2023.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_1516.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_1516.pdf</t>
   </si>
   <si>
     <t>Que promova investimentos de Biotecnologia para combate ao mosquito “Aedes Aegypti” que causa inúmeras doenças.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>Adriana Fátima Paula Magalhães - Adriana de Paula</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_1517.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_1517.pdf</t>
   </si>
   <si>
     <t>Que crie um Projeto Lei com a finalidade de isentar o pagamento de transporte coletivo urbano para gestantes e que tenha nos veículos assentos exclusivos a classe, atendendo solicitação da Associação de Voluntárias de Patrocínio - AVP.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_1518.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_1518.pdf</t>
   </si>
   <si>
     <t>Solicitando um espaço de acessibilidade para que pessoas com deficiências possam acompanhar o desfile, inclusive com a disponibilização do recurso de audiodescrição e de uma interprete de Libras.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_1519.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_1519.pdf</t>
   </si>
   <si>
     <t>Que faça uma fiscalização maior sobre o atendimento noturno nas farmácias do município devido as filas.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_1520.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_1520.pdf</t>
   </si>
   <si>
     <t>Coloque redutores de velocidade na Rua Alemanha no Bairro Serra Negra.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_1521.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_1521.pdf</t>
   </si>
   <si>
     <t>A possibilidade de implementar o uso de energia solar em todas as escolas municipais e Centros de Educação Infantil.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_1522.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_1522.pdf</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_1523.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_1523.pdf</t>
   </si>
   <si>
     <t>Reforma da Escola Municipal Líbia Lassi Lopes, bem como a reestruturação e cobertura da quadra da Escola supracitada.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_1524.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_1524.pdf</t>
   </si>
   <si>
     <t>A necessidade realizar o alargamento do canteiro central da Avenida Orlando Barbosa com a Avenida Benedito Romão de Melo, próximo ao Canindé Transportes, com acesso ao bairro Cruzeiro da Serra, município de Patrocínio (MG).</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>Carlos Alberto Silva - Carlão</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/indicacao_1525.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/indicacao_1525.pdf</t>
   </si>
   <si>
     <t>Realize o Recapeamento Asfáltico nos trechos já existentes, e a Pavimentação nos trechos não existentes na rua Candido Dias e Japão, ambas no bairro Serra Negra.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/indicacao_1526.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/indicacao_1526.pdf</t>
   </si>
   <si>
     <t>Providencie o recapeamento da Rua Bolívia, Bairro Nações, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_1527.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_1527.pdf</t>
   </si>
   <si>
     <t>Que reveja a decisão de mudança do CMAEE- Centro Municipal de Apoio Educacional Especializado e que permaneça no mesmo local.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_1528.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_1528.pdf</t>
   </si>
   <si>
     <t>A troca das lâmpadas convencionais, por lâmpadas LED na Av. Benedito Romão de Melo no bairro Santa Terezinha, no trecho cruzamento com Av. Orlando Barbosa, até entrada de acesso aos Bairros Amir Amaral, Congonhas e Condomínio Por do Sol.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/indicacao_1529.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/indicacao_1529.pdf</t>
   </si>
   <si>
     <t>Providencie a imediata inserção de Patrocínio ao PROJETO MIGUILIM da Secretaria de Estado da Educação, favorecendo a pasta da Educação, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/indicacao_1530.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/indicacao_1530.pdf</t>
   </si>
   <si>
     <t>Que providencie a inserção de Patrocínio ao regime de colaboração entre Estado e Município recentemente anunciado pelo Governo do Estado, de forma a favorecer a pasta da Educação, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_1531.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_1531.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido de Iluminação total e a construção de um parquinho infantil na praça Honorato Borges no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_1532.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_1532.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido de Iluminação total da praça do Tiro de Guerra no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_1533.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_1533.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido da Revitalização total da praça da Policlínica situada em frente ao Colégio Municipal Olímpio dos Santos.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_1534.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_1534.pdf</t>
   </si>
   <si>
     <t>Que possa abrir oportunidades de empregos para os jovens aprendizes e também da rede cidadã na administração pública de Patrocínio/MG.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/indicacao_1535.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/indicacao_1535.pdf</t>
   </si>
   <si>
     <t>Que construa uma sede da Educação Infantil Municipal ou que seja cedido um novo espaço.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_1536.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_1536.pdf</t>
   </si>
   <si>
     <t>Que realize o recapeamento asfáltico das vias das Comunidade de Chapadão de Ferro.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_1537.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_1537.pdf</t>
   </si>
   <si>
     <t>Que analise a possibilidade do retorno das atividades do Conservatório Municipal de Música.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_1538.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_1538.pdf</t>
   </si>
   <si>
     <t>Que avalie a possibilidade de reduzir ou mesmo anular o acréscimo na taxa de esgoto definida em 25%, segundo Projeto de Lei recentemente aprovado na Câmara Municipal, até que todo esgoto do Município de Patrocínio esteja sendo tratado adequadamente.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_1539.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_1539.pdf</t>
   </si>
   <si>
     <t>Que possa colocar um alambrado na Escola Municipal Honorato Borges.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_1540.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_1540.pdf</t>
   </si>
   <si>
     <t>Que os salários das supervisoras das Escolas do nosso município possa ter um aumento.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/indicacao_1541.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/indicacao_1541.pdf</t>
   </si>
   <si>
     <t>Que reforme e amplie a Escola Municipal Mariana Tavares.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/indicacao_1542.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/indicacao_1542.pdf</t>
   </si>
   <si>
     <t>O alargamento da calçada interna da Escola Municipal Casimiro de Abreu (conforme as imagens em anexo), que vai da entrada pela Avenida Dom José André Coimbra até a escada de acesso ao pátio coberto da Escola supracitada.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/indicacao_1543.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/indicacao_1543.pdf</t>
   </si>
   <si>
     <t>Instalação de um toldo na entrada da Escola Municipal Casimiro de Abreu que vai da entrada pela Avenida Dom José André Coimbra até o pátio coberto da Escola supracitada.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/indicacao_1544.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/indicacao_1544.pdf</t>
   </si>
   <si>
     <t>Que faça uma reforma dos bancos e iluminação da praça da igreja de Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_1545.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_1545.pdf</t>
   </si>
   <si>
     <t>Que analise a possibilidade de fazer recapeamento asfáltico da Rua Pinto Dias, na altura da Escola Municipal Judite Costa.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_1546.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_1546.pdf</t>
   </si>
   <si>
     <t>DAEPA E IPSEM que promovam o concurso público.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_1547.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_1547.pdf</t>
   </si>
   <si>
     <t>Que dê maior esclarecimentos sobre os créditos que estão nos celulares dos usuários, tendo em vista que a empresa RIZZO PARK teve o contrato rescindido.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>Paulo César de Lima Júnior - Paulinho Peúca</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/indicacao_1548.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/indicacao_1548.pdf</t>
   </si>
   <si>
     <t>Um redutor de velocidade à Avenida Odir Aleixo, nº 1276, Bairro Eneias Ferreira de Aguiar.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/indicacao_1549.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/indicacao_1549.pdf</t>
   </si>
   <si>
     <t>A instalação de luz de Led em toda Av. Marciano Pires.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_1550.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_1550.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente o pedido da revitalização geral e a manutenção na escola Municipal Conceição Elói dos Santos.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/indicacao_1551.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/indicacao_1551.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente, o pedido para que seja construído um Parquinho Infantil com brinquedoteca na Escola Municipal Conceição Elói dos Santos.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_1552.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_1552.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente o pedido da construção de um Centro de Educação Infantil (CEI) na Comunidade de São Pedro no Município de Patrocinio/MG.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/indicacao_1553.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/indicacao_1553.pdf</t>
   </si>
   <si>
     <t>A transferência do PEM (Pré Escolar Municipal) Morada Nova para o prédio do município onde funcionava o antigo Centro Socioeducativo de Patrocínio - CIAAP (Centro de Integração e Apoio ao Adolescente de Patrocínio) e transformar o PEM Morada Nova em um CEIM (Centro de Educação Infantil Municipal), no bairro Morada Nova.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_1554.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_1554.pdf</t>
   </si>
   <si>
     <t>Ampliação da UBS do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/indicacao_1555.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/indicacao_1555.pdf</t>
   </si>
   <si>
     <t>A troca das manilhas da Rede Pluvial da Avenida Marciano Pires.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/indicacao_1556.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/indicacao_1556.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça de Convivência em anexo a Igreja de Santo Antônio, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/indicacao_1557.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/indicacao_1557.pdf</t>
   </si>
   <si>
     <t>Que faça a ampliação da Escola Municipal Judite Costa Furtado com a construção de novas salas de aula.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/indicacao_1558.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/indicacao_1558.pdf</t>
   </si>
   <si>
     <t>Que crie uma política pública voltada para a formação e capacitação de apicultores que é o profissional que atua na criação e tratamento de abelhas.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_1559.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_1559.pdf</t>
   </si>
   <si>
     <t>Que abra um espaço no site da Prefeitura Municipal no tocante a Ouvidoria para que o cidadão possa fazer reclamações, sugestões e elogios.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_1560.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_1560.pdf</t>
   </si>
   <si>
     <t>Construção de uma sala com equipamentos específicos para a oferta dos apoios demandados aos usuários com diagnóstico fechado de Autismo.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_1561.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_1561.pdf</t>
   </si>
   <si>
     <t>Manutenção e reparo dos aparelhos de ginástica da academia ao ar livre da Praça Rotary Internacional.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta, Paulo César de Lima Júnior - Paulinho Peúca</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_1562.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_1562.pdf</t>
   </si>
   <si>
     <t>Instalação das manilhas na Av. Marciano Pires, da porta do Parque de Exposições até o Balão do Ipiranga.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_1563.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_1563.pdf</t>
   </si>
   <si>
     <t>Solicitando aparelhos de academia na Praça do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_1564.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_1564.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação da grama sintética na quadra de futevôlei da praça de lazer do bairro Santo Antônio.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_1565.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_1565.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca da areia do tanque de recreação infantil da Praça do Bairro Santo Antônio e reforma dos brinquedos.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_1566.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_1566.pdf</t>
   </si>
   <si>
     <t>Que juntamente ao Superintendente do DAEPA, adquira filtros específicos, de forma a melhorar a qualidade da água distribuída nas residências, comércios e empresas do Município de Patrocínio.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_1567.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_1567.pdf</t>
   </si>
   <si>
     <t>Reparo e manutenção da Praça Abrão Abdallah Daura.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_1568.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_1568.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Exmo. Sr. Secretário Municipal de Obras Públicas e Serviços Urbanos Wellington Rodrigo Fernandes, a CONSTRUÇÃO DE CALÇADA NA AV. DAS INDÚSTRIAS NA COMUNIDADE DE MACAÚBAS DE CIMA.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_1569.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_1569.pdf</t>
   </si>
   <si>
     <t>Recapeamento das ruas pertencentes ao Bairro Jardim Ipiranga: R. do Império, R. Gonçalves Ledo, R. Riacho do Ipiranga, R. Dom João VI, R. Planalto de São Paulo, R. José Clemente Pereira, R. José Bonifácio, R. Dom Pedro e R. Divino G. de Oliveira.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_1570.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_1570.pdf</t>
   </si>
   <si>
     <t>Recapeamento das ruas pertencentes ao Bairro Santo Antônio: R. José Feliciano, R.  inceridade, R. Liberdade, Av. Jacarandás.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_1571.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_1571.pdf</t>
   </si>
   <si>
     <t>Que viabilize legislação para criação ou reativação do Conselho Municipal de Esportes, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_1572.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_1572.pdf</t>
   </si>
   <si>
     <t>Solicitando uma equipe permanente de capina.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_1573.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_1573.pdf</t>
   </si>
   <si>
     <t>Solicitando a iluminação do estacionamento do Estádio Daniel Caldeira, dando preferência as lâmpadas de led.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_1574.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_1574.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito um programa municipal para troca das lâmpadas de mercúrio por lâmpada de LED nas iluminações públicas.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_1575.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_1575.pdf</t>
   </si>
   <si>
     <t>Solicitando uma equipe permanente de limpeza de bueiros.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_1576.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_1576.pdf</t>
   </si>
   <si>
     <t>Solicitando a intermediação com governo estadual para a pavimentação da estrada que liga Patrocínio à Cruzeiro da Fortaleza.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_1577.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_1577.pdf</t>
   </si>
   <si>
     <t>Solicitando aulas gratuitas para os servidores públicos municipais e filhos de servidores no Conservatório Municipal de Música Dr. José Figueiredo.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_1578.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_1578.pdf</t>
   </si>
   <si>
     <t>Solicitando que caso o bebedouro do Cristo não seja instalado até a Sexta-Feira da Paixão para que possa ser colocado um “Copão d'agua” do DAEPA no local.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_1579.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_1579.pdf</t>
   </si>
   <si>
     <t>Solicitando melhorias no Estádio Daniel Caldeira com a cobertura total da arquibancada e uma área de convivência.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_1580.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_1580.pdf</t>
   </si>
   <si>
     <t>Providencie documentos e projetos para que Patrocínio seja habilitado no ICMS Esportivo.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_1581.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_1581.pdf</t>
   </si>
   <si>
     <t>Garanta a divulgação e orientação para que o cidadão que tem direito à Tarifa Social de Energia Elétrica de Minas Gerais possa receber esse benefício, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_1582.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_1582.pdf</t>
   </si>
   <si>
     <t>Que faça adesão ao programa Mais Médicos do Governo Federal que foi relançado.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_1583.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_1583.pdf</t>
   </si>
   <si>
     <t>Que implemente a colocação de QR Code em todas as placas de obras públicas do município de Patrocínio.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_1584.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_1584.pdf</t>
   </si>
   <si>
     <t>Que pague o adicional de periculosidade aos servidores que atuam no meio rural e usam estradas e rodovias para deslocamento.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>Raquel Aparecida Rezende - Raquel</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_1586.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_1586.pdf</t>
   </si>
   <si>
     <t>Que faça uma série de melhorias na Escola Municipal Afrânio Amaral bem como colocação de ventiladores novos, quadros novos, e uma sala de vídeo para exposição de aulas com data show.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_1586.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_1586.pdf</t>
   </si>
   <si>
     <t>Após os trâmites regimentais, que construa uma Academia ao Ar Livre na Área Coletiva 02 no Assentamento São Pedro.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_1587.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_1587.pdf</t>
   </si>
   <si>
     <t>Após os trâmites regimentais, que construa um Campo Esportivo coberto na Área Coletiva 02 no Assentamento São Pedro.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_1588.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_1588.pdf</t>
   </si>
   <si>
     <t>Que disponibilize um espaço adequado para que cadeirantes possam acompanhar os shows da FENACAFÉ.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_1589.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_1589.pdf</t>
   </si>
   <si>
     <t>Uma campanha de arrecadação de alimentos não perecíveis durante a realização da Fenacafé 2023.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_1590.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_1590.pdf</t>
   </si>
   <si>
     <t>Que analise a possibilidade de retornar a atividade de hidroginástica do projeto + Esportes.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_1591.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_1591.pdf</t>
   </si>
   <si>
     <t>Um dia de acesso gratuito aos brinquedos do Parque de Diversões da FENACAFÉ - 2023, para famílias de crianças de baixa renda.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_1592.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_1592.pdf</t>
   </si>
   <si>
     <t>A implantação de um programa de aluguel de bicicletas compartilhadas no município.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_1593.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_1593.pdf</t>
   </si>
   <si>
     <t>Solicitando a retomada o Programa Moradia Digna.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_1594.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_1594.pdf</t>
   </si>
   <si>
     <t>Á implantação de acessibilidade na Escola Municipal Maria Isabel Queiroz Alves — CAIC.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_1595.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_1595.pdf</t>
   </si>
   <si>
     <t>Prorrogação do horário de fechamento de bares e restaurantes de Patrocínio, passando de 23:00H para às 01:00h.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>Ricardo Antoni Rodrigues - Ricardo Balila, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_1596.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_1596.pdf</t>
   </si>
   <si>
     <t>Que realize uma licitação e instale uma usina fotovoltaica para que a prefeitura produza sua própria energia elétrica.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_1597.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_1597.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir a Lei Nº5113 de 10 de junho de 2019, que “Dispõe sobre o alinhamento e a retirada de fios em desuso, inutilizados e/ou desordenados, existentes em postes de energia elétrica no Município de Patrocínio”.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_1598.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_1598.pdf</t>
   </si>
   <si>
     <t>Divulgue amplamente o Curso referente à saúde e nutrição, patrocinado pelo Ministério da Saúde, realizado pela Secretaria de Gestão do Trabalho e da Educação na Saúde do Ministério da Saúde (SGTES/MS), e disponibilizado na plataforma UNA-SUS, em modalidade on-line até 30 de junho de 2023.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_1599.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_1599.pdf</t>
   </si>
   <si>
     <t>Solicitando a ligação da Avenida Padre Matias à Avenida Dr. Walter Pereira Nunes.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_1600.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_1600.pdf</t>
   </si>
   <si>
     <t>A revitalização da Praça Dr. Honorico Nunes de Oliveira (Praça da Santa Casa).</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_1601.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_1601.pdf</t>
   </si>
   <si>
     <t>Autorização para prática do esporte de Paintball, em área anexa a pista de motocross situada no Espaço Cultural.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_1602.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_1602.pdf</t>
   </si>
   <si>
     <t>Para que seja criado um protocolo de segurança nas escolas públicas do nosso Município de Patrocínio-MG.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_1603.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_1603.pdf</t>
   </si>
   <si>
     <t>Que encaminhe ao Legislativo algumas alterações no Plano de Cargos e Carreiras da Educação, tendo em vista que os novos aprovados no Concurso tenham assegurado o reconhecimentos dos seus títulos (especialização, mestrado, doutorado) no ato da posse.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_1604.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_1604.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca das bancas da Feira Livre do Produtor.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1895/indicacao_1605.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1895/indicacao_1605.pdf</t>
   </si>
   <si>
     <t>Recapeamento da Rua Major Tobias Machado, entre Av. Marciano Pires e Av. Padre Matias.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1896/indicacao_1606.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1896/indicacao_1606.pdf</t>
   </si>
   <si>
     <t>Que solicite junto à secretária competente que seja realizado o “Mutirão de Limpeza “no bairro Serra Negra e Nações.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1897/indicacao_1607.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1897/indicacao_1607.pdf</t>
   </si>
   <si>
     <t>A construção de um Ginásio Poliesportivo ou uma Quadra Esportiva coberta na Escola Municipal Professora Irma de Carvalho no bairro Serra Negra.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_1608.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_1608.pdf</t>
   </si>
   <si>
     <t>Instalação de porta/roleta blindada, com sistema de detecção de metais, nas entradas de creches e escolas do município de Patrocínio.”</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_1609.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_1609.pdf</t>
   </si>
   <si>
     <t>Que crie comissão multidisciplinar e com a presença de diversos atores sociais, para o estudo cuidadoso do tema segurança nas escolas, em seguida sugiro a criação do cargo segurança escolar, com devida formação específica para atuar neste espaço, devendo este profissional contar com apoio psicológico e psicopedagógico, em seguida realize a contratação desse profissional para atuar nos nossos educandários.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_1610.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_1610.pdf</t>
   </si>
   <si>
     <t>A realização de um “mutirão contra a dengue” que se repetirá uma vez a cada ano e caso constatado necessidade pela Secretaria de Saúde seja feito mais vezes em um mesmo ano.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacao_1611.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacao_1611.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado o pedido de paisagismo, jardinagem e iluminação nos trevos de entrada da nossa Cidade de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacao_1612.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacao_1612.pdf</t>
   </si>
   <si>
     <t>Que determine o retorno imediato dos monitores do PROGRAMA OLHO VIVO, de forma a garantir o funcionamento real do serviço de vídeo-monitoramento, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_1613.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_1613.pdf</t>
   </si>
   <si>
     <t>Que promova um mutirão de limpeza nos bairros Amir Amaral e Congonhas.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_1614.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_1614.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo sobre periculosidade e insalubridade aos cargos públicos que envolvem ruídos, garis varredores, carpintaria, operadores de máquinas pesadas zona urbana, a fim que recebam o adicional devido.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_1615.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_1615.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado o pedido de um totem iluminado no Cristo Redentor de Patrocínio com os sequintes dizeres" Eu amo o Cristo de Patrocínio “e que possa também construir uma praça do lado de baixo do cristo ornamentada com paisagismo e bem iluminada com um arco iluminado escrito:“ Patrocínio a terra do Café” com uma semente gigante de café iluminada de “ Seja Bem Vindo”.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_1616.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_1616.pdf</t>
   </si>
   <si>
     <t>A exemplo de vários municípios e como forma de prevenir ações criminosas no ambiente escolar, avalie a possibilidade de utilizar parte do recurso do FUNDEB para segurança nas escolas da rede municipal de Educação de Patrocínio.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_1617.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_1617.pdf</t>
   </si>
   <si>
     <t>Que faça e envie projetos para o Ministério da Justiça no intuito de aprimorar a segurança nas escolas, através do edital 005/2023 publicado pelo mesmo.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_1618.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_1618.pdf</t>
   </si>
   <si>
     <t>Que promova um mutirão de limpeza nos bairros relacionados: Morada Nova 1, II, IML e IV; Dona Diva, Jardim Vitória e Jardim Mônaco; Esplanada, Ipiranga, Califórnia e Eldorado.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>Francisca Carneiro dos Santos - Chiquita, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacao_1619.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacao_1619.pdf</t>
   </si>
   <si>
     <t>Que envie Projeto de Lei, para criação da Guarda Municipal conforme contido no inciso XLI, Artigo 10 e artigo 100 do Capitulo VI da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao_1620.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao_1620.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja instalada em todos os bairros e comunidades do município de Patrocínio as ovitrampas, que é uma armadilha para capturar os ovos do mosquito Aedes aegypti, e que isso seja uma ação permanente durante todos os meses de todos os anos.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao_1621.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao_1621.pdf</t>
   </si>
   <si>
     <t>Solicitando divulgação de boletim informativo sobre os casos de dengue registrado no município como forma de conscientização da comunidade em relação ao tema, com sua frequência sendo determinada de acordo com a disparada dos casos.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao_1622.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao_1622.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo sobre a viabilidade de remédio homeopático para apoio no tratamento da dengue e se garantido essa viabilidade que seja oferecido a nossa população à exemplo do que vem sendo feito na cidade de Betim/MG.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao_1623.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao_1623.pdf</t>
   </si>
   <si>
     <t>Que veja a possibilidade da volta da Feira livre do Produtor para o Bairro Serra Negra.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao_1624.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao_1624.pdf</t>
   </si>
   <si>
     <t>Serviço de terraplanagem para que se inicie a construção da Casa do Idoso Recanto São Vicente no bairro Enéas, no terreno de propriedade do Conselho Central de Patrocínio da Sociedade São Vicente de Paulo.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao_1625.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao_1625.pdf</t>
   </si>
   <si>
     <t>Viabilização da construção de retornos na Av. Alberto Sanarelli, nos cruzamentos com as Ruas Pastor Simeão Lisboa Ramos e Geraldo Alves do Nascimento no Bairro Jardim Sul.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/indicacao_1626.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/indicacao_1626.pdf</t>
   </si>
   <si>
     <t>A extensão e ampliação do sistema de monitoramento com câmeras e olho vivo nas portas das escolas do município e dos Centros de Educação Infantil.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/indicacao_1627.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/indicacao_1627.pdf</t>
   </si>
   <si>
     <t>A sinalização horizontal com a pintura no asfalto da Via de acesso do Povoado de Macaúbas de Cima (Avenida das Indústrias), pertencente ao nosso Município de Patrocínio.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/indicacao_1628.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/indicacao_1628.pdf</t>
   </si>
   <si>
     <t>Reforma nos meios-fios no Povoado de Macaúbas de Cima na Avenida das indústrias, pertencente ao nosso Município de Patrocínio.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/indicacao_1629.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/indicacao_1629.pdf</t>
   </si>
   <si>
     <t>solicitando que seja disponibilizada uma ambulância para atender Santa Luzia dos Barros e região.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/indicacao_1630.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/indicacao_1630.pdf</t>
   </si>
   <si>
     <t>Que construa um Banheiro Adaptado com Acessibilidade no Centro Comunitário Padre Damião.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/indicacao_1631.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/indicacao_1631.pdf</t>
   </si>
   <si>
     <t>Que providencie a imediata inserção ao atualizado Programa Minha Casa Minha Vida, apresentando terrenos com infra-estrutura adequada e cumprindo todas as orientações do Ministério das Cidades, habilitando e credenciando o Município de Patrocínio.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/indicacao_1632.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/indicacao_1632.pdf</t>
   </si>
   <si>
     <t>Que providencie a compra de colchonetes para as pessoas que praticam ginastica no Poliesportivo do bairro Boa Esperança.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/indicacao_1633.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/indicacao_1633.pdf</t>
   </si>
   <si>
     <t>Que solicite junto à Secretaria Municipal de Obras e Serviços Urbanos, que seja realizado o "Mutirão de Limpeza "em todas comunidades rurais de nosso Município.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/indicacao_1634.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/indicacao_1634.pdf</t>
   </si>
   <si>
     <t>Que promovam uma ampla campanha de divulgação da vacinação contra a COVID-19 com a dose de reforço bivalente para toda a população acima de 18 anos.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/indicacao_1635.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/indicacao_1635.pdf</t>
   </si>
   <si>
     <t>Solicitando o nivelamento das tampas de bueiros com o asfalto.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_1636.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_1636.pdf</t>
   </si>
   <si>
     <t>Solicitando a ampliação da "cortina verde" da ETE localizada no Bairro Enéas e criação ampliação da "cortina verde" nas demais ETE do município de Patrocínio.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_1637.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_1637.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma UBS no Bairro Jardim Eldorado.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_1638.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_1638.pdf</t>
   </si>
   <si>
     <t>Envie novamente o Projeto de Lei 11/2017 que trata da afetação do imóvel urbano ao domínio público (Calçadão da Avenida Rui Barbosa).</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_1639.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_1639.pdf</t>
   </si>
   <si>
     <t>Pedindo para que as arvores que foram cortadas na avenida Altino Guimarães e Dom Jose André Coimbra, que essa madeira possa ser aproveitada para utilidade pública no nosso município.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_1640.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_1640.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma quadra no Jardim Eldorado, preferencialmente na rua da Escola Municipal Conceição Elói dos Santos.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_1641.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_1641.pdf</t>
   </si>
   <si>
     <t>Que mantenham os comerciantes dos trailers de lanches para que não sejam prejudicados em relação ao projeto de lei com teor semelhante ao PL n° 011/2017, que trata da afetação do imóvel urbano ao domínio público (calçadão da Avenida Rui Barbosa).</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_1642.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_1642.pdf</t>
   </si>
   <si>
     <t>Para que a escola a ser inaugurada no Bairro Morada Nova ofereça o ensino fundamental II - 6° sexto ao 9° nono ano.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_1643.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_1643.pdf</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_1644.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_1644.pdf</t>
   </si>
   <si>
     <t>Para que estude a implantação de novas pistas de caminhada no município. Notadamente nas avenidas Faria Pereira, Araponga e Padre Matias.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_1645.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_1645.pdf</t>
   </si>
   <si>
     <t>Que reforme e amplie a Escola Municipal Célia Lemos.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_1646.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_1646.pdf</t>
   </si>
   <si>
     <t>A construção de uma piscina no Centro de Esportes "Gaspar Francisco Félix" no município de Patrocínio.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_1647.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_1647.pdf</t>
   </si>
   <si>
     <t>Que crie um amplo programa de arborização no município de Patrocínio.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_1648.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_1648.pdf</t>
   </si>
   <si>
     <t>Que crie o Prêmio de Literatura da cidade de Patrocínio na valorização dos escritores.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_1649.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_1649.pdf</t>
   </si>
   <si>
     <t>Para que promovam melhorias nos salários dos serventes escolares.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_1650.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_1650.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação do Programa de Educação Fiscal Estadual (PROEFE) no município de Patrocínio.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_1651.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_1651.pdf</t>
   </si>
   <si>
     <t>Solicitando que o reajuste no salário do funcionário público de 2024 seja acima da inflação.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_1652.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_1652.pdf</t>
   </si>
   <si>
     <t>Solicitando um redutor de velocidade na Av. Marciano Pires em frente ao Posto Pampa.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_1653.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_1653.pdf</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_1654.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_1654.pdf</t>
   </si>
   <si>
     <t>Que assegure uma parceria entre Município e Polícia Civil, no intuito de criar uma força tarefa e reunir esforços suprapartidários viabilizando a Delegacia de Polícia Rural de Patrocínio.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao_1655.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao_1655.pdf</t>
   </si>
   <si>
     <t>Apoio junto à operadora VIVO uma instalação de torre repetidora de sinal da Internet VIVO na comunidade de Tejuco, que irá beneficiar satisfatoriamente as comunidades de Malhadouro, Mata da Bananeira, Chapadão de Ferro, Salitre, São Benedito e adjacências.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao_1656.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao_1656.pdf</t>
   </si>
   <si>
     <t>Que determine que 20% dos créditos tributários não previstos na lei orçamentária do ano vigente recebidos pelo município sejam destinados a Secretaria Municipal de Educação e Saúde.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao_1657.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao_1657.pdf</t>
   </si>
   <si>
     <t>Que realize melhorias na estrada rural da comunidade de Bocaina.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao_1658.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao_1658.pdf</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao_1659.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao_1659.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma completa do CASI do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao_1660.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao_1660.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma do abrigo municipal e a ampliação do atendimento, tendo em vista a chegada do frio, e caso necessário que seja utilizado poliesportivos e outras estruturas municipais para o suporte de acolhimento.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao_1661.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao_1661.pdf</t>
   </si>
   <si>
     <t>Para que estude a reforma da Fonte da Praça Santa Luzia, com instalação de nova iluminação, além de um projeto paisagístico do jardim ao redor.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao_1662.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao_1662.pdf</t>
   </si>
   <si>
     <t>A instalação de aparelhos de ginástica ao ar livre e a construção de banheiros e bebedouros na Praça "Antônio Bernardes Dias", da Igreja de Santo Expedito, no Bairro Enéas Ferreira de Aguiar.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao_1663.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao_1663.pdf</t>
   </si>
   <si>
     <t>Fazer passeios na travessia da Rua João de Melo.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/indicacao_1664.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/indicacao_1664.pdf</t>
   </si>
   <si>
     <t>A instalação de redutor de velocidade na Rua Japão bairro Serra Negra.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/indicacao_1665.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/indicacao_1665.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade da colocação de um sinaleiro entre a Avenida Faria Pereira e a Avenida Jose Elói dos Santos, retirando assim a rotatória.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/indicacao_1666.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/indicacao_1666.pdf</t>
   </si>
   <si>
     <t>Solicitando uma pista de caminhada e o paisagismo da Avenida Jacarandás do Bairro Jardim Eldorado até a Rua Divino Gonçalves de Oliveira.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/indicacao_1667.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/indicacao_1667.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja oferecido a população opções de pagamento instantâneo por meio de pix, cartões de crédito e débito no momento do corte de água.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/indicacao_1668.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/indicacao_1668.pdf</t>
   </si>
   <si>
     <t>A instalação de uma caixa d'água no Bairro Jardim Sul.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/indicacao_1669.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/indicacao_1669.pdf</t>
   </si>
   <si>
     <t>Sobre a instalação de Totem de Auto Atendimento para consulta de protocolo na recepção da prefeitura Municipal de Patrocínio-MG.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/indicacao_1670.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/indicacao_1670.pdf</t>
   </si>
   <si>
     <t>O pedido para que possa aumentar o cartão do vale alimentação dos servidores municipais de R$183,00 para R$250,00.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/indicacao_1671.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/indicacao_1671.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhado o pedido de uma usina de asfalto para a nossa Cidade de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/indicacao_1672.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/indicacao_1672.pdf</t>
   </si>
   <si>
     <t>Proceder à maior segurança nas Unidades Básicas de Saúde - UBS.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/indicacao_1673.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/indicacao_1673.pdf</t>
   </si>
   <si>
     <t>Para que faça um mutirão aos postos de combustíveis para a adequação dos preços dos combustíveis conforme nova tabela de mercado.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/indicacao_1674.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/indicacao_1674.pdf</t>
   </si>
   <si>
     <t>Que divulgue amplamente curso referente ao aleitamento materno, patrocinado pelo Ministério da Saúde, realizado pela Secretaria de Gestão do Trabalho e da Educação na Saúde do Ministério da Saúde (SGTES/MS), e disponibilizado na plataforma UNA-SUS e AVA-SUS, em modalidade on-line até 31 de agosto de 2023.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/indicacao_1675.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/indicacao_1675.pdf</t>
   </si>
   <si>
     <t>Solicitando uma travessia elevada em frente ou próximo à Escola Estadual Dona Cotinha, na comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/indicacao_1676.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/indicacao_1676.pdf</t>
   </si>
   <si>
     <t>Solicitando a cobertura da quadra de futsal situada no Centro Esportivo Paulo César de Lima "Peúca", Bairro Marciano Brandão.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/indicacao_1677.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/indicacao_1677.pdf</t>
   </si>
   <si>
     <t>Solicitando prolongue para o mês de junho, de forma mais intensificada, as campanhas de conscientização de motoristas e pedestres sobre o trânsito, que acontecem durante anualmente durante o mês amarelo.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/indicacao_1678.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/indicacao_1678.pdf</t>
   </si>
   <si>
     <t>A instalação de semáforos no cruzamentos das vias públicas Avenida Odir Aleixo e Rua Doutor Deiró Marra no Bairro Enéas Ferreira de Aguiar.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/indicacao_1679.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/indicacao_1679.pdf</t>
   </si>
   <si>
     <t>A realização de um campeonato de FUTSAL FEMININO no município de Patrocínio.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/indicacao_1680.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/indicacao_1680.pdf</t>
   </si>
   <si>
     <t>Para que quando for realizar o Processo Seletivo Simplificado de contratação temporária para os cargos de Professor Apoio, Educador Infantil Especializado e Servente Escolar atribuem o tempo de serviço público municipal no cargo ou função pleiteada.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/indicacao_1681.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/indicacao_1681.pdf</t>
   </si>
   <si>
     <t>Solicitando investimento ou realização de concessão para uma usina hidrelétrica na barragem do Córrego Feio.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/indicacao_1682.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/indicacao_1682.pdf</t>
   </si>
   <si>
     <t>Solicitando que estude a possibilidade da realização de concessão para uma usina de biomassa na ETE.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/indicacao_1683.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/indicacao_1683.pdf</t>
   </si>
   <si>
     <t>Solicitando a isenção de 50% da taxa de inscrição da Corrida da Fogueira e demais corridas da Secretaria de Esportes, para pessoas com idade igual ou superior a 60 anos.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/indicacao_1684.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/indicacao_1684.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma escola para atender o Bairro Marciano Brandão e bairros circunvizinhos, por exemplo, podendo ser feita na Av. Padre Matias devida a facilidade de acesso e existência de grandes lotes para tal obra.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/indicacao_1685.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/indicacao_1685.pdf</t>
   </si>
   <si>
     <t>Para que amplie o número de agentes no entorno das obras de revitalização da Avenida do Catiguá para controlar o fluxo e orientar os motoristas principalmente nos horários de pico.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/indicacao_1686.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/indicacao_1686.pdf</t>
   </si>
   <si>
     <t>Uma reforma geral na Quadra Poliesportiva no Bairro Congonhas.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/indicacao_1687.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/indicacao_1687.pdf</t>
   </si>
   <si>
     <t>A construção de passeios no espaço público utilizado pelo Daepa (Departamento de Água e Esgoto de Patrocínio) em Macaúba de Cima.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/indicacao_1688.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/indicacao_1688.pdf</t>
   </si>
   <si>
     <t>Que providencie a imediata reestruturação e reativação do Conselho Municipal da Juventude, em obediência à Lei nº 4375 de 28 de dezembro de _x000D_
 2009, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_1689.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_1689.pdf</t>
   </si>
   <si>
     <t>Solicitando que em setembro, reforce com a população sobre as boas práticas no trânsito.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_1690.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_1690.pdf</t>
   </si>
   <si>
     <t>Solicitando uma travessia elevada em frente ou próximo ao Supermercado Bernardão do Bairro Belvedere.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao_1691.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao_1691.pdf</t>
   </si>
   <si>
     <t>Solicitando a iluminação do campo de futebol da comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>José Roberto dos Santos - Salitre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_1692.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_1692.pdf</t>
   </si>
   <si>
     <t>A melhoria na sinalização e instalação de quebra-molas no cruzamento das ruas Francisco Ramos com João de Carvalho (Boa Esperança).</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_1693.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_1693.pdf</t>
   </si>
   <si>
     <t>Para colocação de um redutor de velocidade na Rua Vereadora Ismênia Mendes.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao_1694.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao_1694.pdf</t>
   </si>
   <si>
     <t>A criação do "É PRA JÁ" – CENTRO DE ATENDIMENTO AO CIDADÃO - "Orlando Alves de Ávila", onde se encontra atualmente o SINE de Patrocínio.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao_1694.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao_1694.pdf</t>
   </si>
   <si>
     <t>A criação da SALA MINEIRA DO EMPREENDEDOR - "Francisco Alves de Ávila”, juntamente com o SINE de Patrocínio.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao_1696.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao_1696.pdf</t>
   </si>
   <si>
     <t>Para que notifique as distribuidoras de gás de cozinha para que faça a redução dos preços conforme determinação da Petrobrás.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao_1697.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao_1697.pdf</t>
   </si>
   <si>
     <t>Solicitando que aumente o alambrado ou instale redes ou grades de proteção atrás dos gols do campo de futebol Kleber Guarda, de forma a evitar que a bola caia na via pública.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao_1698.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao_1698.pdf</t>
   </si>
   <si>
     <t>Solicitando a ligação da Rua Professor Hugo Machado da Silveira com a Rua Leonor Castro Magalhães.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_1699.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_1699.pdf</t>
   </si>
   <si>
     <t>Solicitando a cobertura da arquibancada do Estádio Júlio Aguiar.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao_1700.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao_1700.pdf</t>
   </si>
   <si>
     <t>Recurso para melhorias no trevo entre a Rodovia MG 230 e a Avenida Faria Pereira no bairro Nações.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao_1701.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao_1701.pdf</t>
   </si>
   <si>
     <t>Recursos para melhorias na estrada vicinal que da acesso a Penitenciária Deputado Expedito de Faria Tavares.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao_1702.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao_1702.pdf</t>
   </si>
   <si>
     <t>Solicitando que encaminhe a proposta do novo Plano Diretor à Câmara Municipal de Patrocínio.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/indicacao_1703.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/indicacao_1703.pdf</t>
   </si>
   <si>
     <t>Solicitando que use a "grade roma" nas limpezas dos lotes de responsabilidade da prefeitura nos períodos de tempo seco.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/indicacao_1704.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/indicacao_1704.pdf</t>
   </si>
   <si>
     <t>Solicitando um parque de recreação infantil no Bairro Manoel Nunes.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/indicacao_1705.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/indicacao_1705.pdf</t>
   </si>
   <si>
     <t>Que analise a possibilidade de paulatinamente recompor em 3% os proventos dos servidores da Câmara Municipal, da administração direta, de suas autarquias e Fundações, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/indicacao_1706.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/indicacao_1706.pdf</t>
   </si>
   <si>
     <t>Reforma no sistema ferroviário que passa dentro da cidade de modo que o Trem passe por um túnel, por de baixo das vias públicas.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/indicacao_1707.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/indicacao_1707.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja estudado meios de alterar a altura da iluminação pública (lâmpadas) e outros requisitos, no intuito de torna-las mais efetivas, colocando os padrões de melhorias da iluminação no Plano Diretor para que os novos loteamentos já possam ofertar uma iluminação de melhor qualidade.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/indicacao_1709.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/indicacao_1709.pdf</t>
   </si>
   <si>
     <t>A reforma arquitetônica da Igreja e da praça da Igreja de Nossa Senhora Aparecida (Paróquia Nossa Senhora de Fátima), da Comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/indicacao_1710.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/indicacao_1710.pdf</t>
   </si>
   <si>
     <t>Que proceda avaliação técnica juntamente à SESTRAN, visando sinalizar adequadamente a Rua Osório Afonso da Silva em frente ao número 546, Bairro Constantino, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/indicacao_1711.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/indicacao_1711.pdf</t>
   </si>
   <si>
     <t>Que faça a construção de uma sala especial para pessoas com transtorno do espectro autista no Estádio Municipal Pedro Alves do Nascimento.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/indicacao_1712.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/indicacao_1712.pdf</t>
   </si>
   <si>
     <t>A conclusão da obra de construção de duas turmas de Educação Infantil da Escola Estadual Dona Cotinha, da Comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/indicacao_1713.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/indicacao_1713.pdf</t>
   </si>
   <si>
     <t>Solicitando novos uniformes para os condutores de ambulância e demais setores da saúde que necessitar de uniformes.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/indicacao_1714.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/indicacao_1714.pdf</t>
   </si>
   <si>
     <t>Solicitando que adquira 2 ônibus leito rodoviário para as viagens dos pacientes à Barretos e que destine os ônibus antigos para a Secretaria de Cultura e a Secretaria de Esportes, garantindo maior conforto aos pacientes que vão à Barretos e suprindo as demandas do setor cultural e esportivo.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>Paulo Roberto dos Santos - Panxita</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/indicacao_1715.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/indicacao_1715.pdf</t>
   </si>
   <si>
     <t>Notifiquem os proprietários de lotes sem passeio (dois ou três) ao longo da Avenida Faria Pereira, no Distrito Industrial, para que providenciem a construção dos mesmos e que seja viabilizada a troca da iluminação pública daquele treco da referida avenida.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/indicacao_1716.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/indicacao_1716.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de barreira de contenção sinalizadas na Ponte Salvador Nunes Silva, de modo que a barreira inicie na estrada seguindo afunilamento e continuação sobre a ponte.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/indicacao_1717.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/indicacao_1717.pdf</t>
   </si>
   <si>
     <t>Que proceda imediatamente a redução da taxa de esgoto do DAEPA para 50% do valor da água, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/indicacao_1718.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/indicacao_1718.pdf</t>
   </si>
   <si>
     <t>que proceda o repasse de R$ 2 milhões para o Hospital de Câncer "Dr. José Figueiredo", de forma a finalizar a transferência de recurso financeiro proveniente de Emenda Parlamentar do Deputado Federal Weliton Prado, paga em 30 de junho de 2022 à referida Entidade, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/indicacao_1719.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/indicacao_1719.pdf</t>
   </si>
   <si>
     <t>Melhorias na iluminação da Praça Abrão Abdallah Daura.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_1720.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_1720.pdf</t>
   </si>
   <si>
     <t>Solicitando que possa estar levando o projeto "Semeando Campeões", de Taekwondo, para a comunidade de Boa Vista e outras comunidades de nosso município.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao_1721.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao_1721.pdf</t>
   </si>
   <si>
     <t>Melhorias na arquitetura da Praça Doutor Honorico Nunes de Oliveira, através de iluminação de LED, assentos de jardim, Espaço Kids e acessibilidade universal.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao_1722.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao_1722.pdf</t>
   </si>
   <si>
     <t>A construção de uma calçada composta por arquitetura e paisagismo (contendo iluminação de LED, assentos e arborização), no entorno da nova canalização que está sendo construída na Alameda dos Pinheiros, no Bairro Morada Nova.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao_1723.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao_1723.pdf</t>
   </si>
   <si>
     <t>Passagem diária de um caminhão pipa ou de canhões de névoa supressores de poeira, duas vezes ao dia (manhã e tarde) na Alameda das Pinheiros, no Bairro Morada Nova, desde a rotatória da entrada do Bairro até a rotatória da entrada do Bairro Enéas Ferreira Aguiar, até a conclusão da obra na Av. Dom José André Coimbra.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao_1724.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao_1724.pdf</t>
   </si>
   <si>
     <t>Solicitando a terraplanagem do lote onde será construída a Igreja de São João Batista no Bairro Jardim Eldorado.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/indicacao_1725.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/indicacao_1725.pdf</t>
   </si>
   <si>
     <t>Solicitando a rede pluvial na Rua Otávio de Brito, trecho da Av. Padre Matias até Av. Altino Guimarães, e rede pluvial na Av. Padre Matias, trecho entre a R. Otávio de Brito e R. Major Tobias.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/indicacao_1726.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/indicacao_1726.pdf</t>
   </si>
   <si>
     <t>Solicitando película para proteção do sol nas salas da UBS do Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/indicacao_1727.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/indicacao_1727.pdf</t>
   </si>
   <si>
     <t>Solicitando mais uma agente de saúde para a Micro 01 Jardim Califórnia.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/indicacao_1728.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/indicacao_1728.pdf</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/indicacao_1729.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/indicacao_1729.pdf</t>
   </si>
   <si>
     <t>Solicitando parceria da Prefeitura com a People e demais instituições de ensino superior da cidade, para que possam ofertar estágio aos estudantes de enfermagem e outras profissões ligadas a saúde, nas Barracas de apoio para Romaria.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/indicacao_1730.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/indicacao_1730.pdf</t>
   </si>
   <si>
     <t>A realização da troca do poste de iluminação na rua Major Alvim, em frente ao número 1313, no bairro Marciano Brandão.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/indicacao_1731.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/indicacao_1731.pdf</t>
   </si>
   <si>
     <t>A redução e revitalização da rotatória, situada entre as Avenidas Juscelino Ferreira de Souza e Arapongas, no bairro New Golden.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/indicacao_1732.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/indicacao_1732.pdf</t>
   </si>
   <si>
     <t>Solicitando a compra de transformadores para as Barracas de apoio a Romaria.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao_1733.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao_1733.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma do velário do cemitério municipal.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao_1734.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao_1734.pdf</t>
   </si>
   <si>
     <t>Solicitando um velário eletrônico para o cemitério. municipal, com a capitalização do mesmo sendo destinada a Sociedade São Vicente de Paulo de Patrocínio.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao_1735.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao_1735.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de energia fotovoltaica no cemitério municipal.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao_1736.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao_1736.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma praça no lote entre as Rua Edmar Luis Xavier, R. Iolanda Teixeira de Freitas e R. Nandim Antônio José Isaac, contendo academia ao ar livre, área de recreação infantil, quadra de esporte, área de convivência, paisagismo e iluminação de led.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao_1737.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao_1737.pdf</t>
   </si>
   <si>
     <t>A conclusão da fase de acabamento da obra da Igreja de Nossa Senhora do Rosário, no Bairro Matinha e melhorias na arquitetura da Pracinha em seu entorno, através de iluminação adequada, assentos de jardim, Espaço Kids, jardinagem e acessibilidade universal.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao_1738.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao_1738.pdf</t>
   </si>
   <si>
     <t>Para que promova um mutirão aos sábados para que mais pessoas possam tirar a Carteira de Identidade.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao_1739.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao_1739.pdf</t>
   </si>
   <si>
     <t>Para que faça um pontilhão depois da rotatória do UNICERP na Rua Casimiro Martins dos Santos.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao_1740.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao_1740.pdf</t>
   </si>
   <si>
     <t>Para que coloque fraldário no Pronto Socorro Municipal e em todas as Unidades Básicas de Saúde do município.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacao_1741.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacao_1741.pdf</t>
   </si>
   <si>
     <t>Que crie um amplo programa de doação de fraldas descartáveis para os pais de baixa renda.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacao_1742.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacao_1742.pdf</t>
   </si>
   <si>
     <t>Que crie um programa de acesso aos contribuintes de sua situação fiscal referente a tributos municipais e multas.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacao_1743.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacao_1743.pdf</t>
   </si>
   <si>
     <t>A manutenção asfáltica próximo a linha férrea nas duas vias da Av. Faria Pereira, para que diminua os vãos e buracos que estão entre os trilhos.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacao_1744.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacao_1744.pdf</t>
   </si>
   <si>
     <t>Viabilização da adequação da legislação municipal conforme diretrizes da ANATEL para a instalação de Estações Transmissoras de Radiocomunicação (ETR).</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacao_1745.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacao_1745.pdf</t>
   </si>
   <si>
     <t>Para que possam construir passeios na praça da Igreja de São Sebastião e podar as árvores próximas na Avenida Enéas Ferreira de Aguiar no bairro Serra Negra.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_1746.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_1746.pdf</t>
   </si>
   <si>
     <t>Que avalie e dê celeridade ao Protocolo Clínico de Diretrizes Terapêuticas no SUS (PCDT) para as morbidades de "Retocolite Ulcerativa" e "Doença de Crohn", no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_1747.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_1747.pdf</t>
   </si>
   <si>
     <t>Que faça cumprir a Lei no 5.477 de 07 de julho de 2022, que institui o mês da cidade criativa no Município de Patrocínio”.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacao_1748.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacao_1748.pdf</t>
   </si>
   <si>
     <t>Realize o Recapeamento Asfáltico nas ruas que não possuem no bairro Manoel Nunes.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacao_1749.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacao_1749.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Educação Infantil que atenda a demanda do Bairro Jardim Esplanada.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacao_1750.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacao_1750.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Educação Infantil que atenda a demanda do Bairro Enéas Ferreira de Aguiar.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacao_1751.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacao_1751.pdf</t>
   </si>
   <si>
     <t>Construção de uma calçada para pedestres ao longo do canteiro da Avenida dos Bálsamos, no Bairro Morada Nova.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacao_1752.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacao_1752.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Educação Infantil que atenda a demanda do Bairro Jardim Vitória.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacao_1753.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacao_1753.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Educação Infantil que atenda a demanda do Bairro Padre Eustáquio.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao_1754.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao_1754.pdf</t>
   </si>
   <si>
     <t>Instalação de mata-burros horizontais de concreto na zona rural do município de Patrocínio.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao_1755.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao_1755.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhado o pedido de 5 Milhões de reais para o hospital do câncer de nossa cidade de Patrocinio/MG.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao_1756.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao_1756.pdf</t>
   </si>
   <si>
     <t>Solicitando a criação de um complexo esportivo e bosque de caminhada no lote existente entre a R. Cedilina Carolina do Carmo, R. Ana Leonor de Paula, Av. Alberto Sanarelli e R. Profº. Antônio de Queiroz Cardoso.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_1757.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_1757.pdf</t>
   </si>
   <si>
     <t>Solicitando mais uma agente de saúde para cada Micro da UBS do bairro Marciano Brandão (Micro 01, 02 e 04).</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/indicacao_1758.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/indicacao_1758.pdf</t>
   </si>
   <si>
     <t>solicitando a ligação das Rua Contorno com a Rua Geraldo José Esteves Pires.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/indicacao_1759.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/indicacao_1759.pdf</t>
   </si>
   <si>
     <t>Que faça uma intervenção com a colocação de meio fio na Avenida Benedito Romão de Melo próximo a passarela pois essa parte da via está prestes a ruir.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_1760.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_1760.pdf</t>
   </si>
   <si>
     <t>A reforma do rancho, local utilizado como cozinha em eventos realizados pela Comunidade de Mata do Silvano.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/indicacao_1761.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/indicacao_1761.pdf</t>
   </si>
   <si>
     <t>Solicitando uma varanda para recepcionar os pacientes na UBS Marciano Brandão.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/indicacao_1762.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/indicacao_1762.pdf</t>
   </si>
   <si>
     <t>Solicitando a cobertura da 1ª claraboia da recepção da UBS Marciano Brandão com telha transparente.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/indicacao_1763.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/indicacao_1763.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja dado o ponto facultativo, do dia 14 de agosto, aos Servidores Públicos Municipal.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/indicacao_1764.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/indicacao_1764.pdf</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/indicacao_1765.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/indicacao_1765.pdf</t>
   </si>
   <si>
     <t>Pedido de limpeza geral da estrada que liga a fazenda do Tião Leiteiro até a comunidade de macaúbas no Município de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/indicacao_1766.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/indicacao_1766.pdf</t>
   </si>
   <si>
     <t>Para que faça cumprir a lei municipal 4198 de 29 de outubro de 2007, que proíbe a entrada de pessoa portando capacete ou objeto do gênero em estabelecimentos gerais do município.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/indicacao_1767.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/indicacao_1767.pdf</t>
   </si>
   <si>
     <t>Para que crie um programa de combate à obesidade nas escolas da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/indicacao_1768.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/indicacao_1768.pdf</t>
   </si>
   <si>
     <t>Que faça a criação com uma normatização e padronização da Sinalização Turística a ser implantada no âmbito do Município de Patrocínio.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/indicacao_1769.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/indicacao_1769.pdf</t>
   </si>
   <si>
     <t>Adoção de sistema de  senhas eletrônicas nas UBS (Unidades Básicas de Saúde).</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/indicacao_1770.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/indicacao_1770.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade de contratação de agentes de saúde para o Bairro Boa Esperança.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/indicacao_1771.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/indicacao_1771.pdf</t>
   </si>
   <si>
     <t>A instalação de semáforos no cruzamentos das vias públicas Rua Cesário Alvim e Rua José Feliciano, no Bairro São Vicente, somados a sinalização horizontal e vertical indicativos de "ATENÇÃO” e “REDUÇÃO DE VELOCIDADE”.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/indicacao_1772.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/indicacao_1772.pdf</t>
   </si>
   <si>
     <t>Solicitando a informatização da portaria da Secretaria de Obras.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_1773.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_1773.pdf</t>
   </si>
   <si>
     <t>Solicitando que o projeto do novo Parque da Matinha conte com portão de entrada pela Av. João Furtado de Oliveira, mantendo o também a entrada atual situado à Rua Dr. Vicente Soares.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao_1774.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao_1774.pdf</t>
   </si>
   <si>
     <t>Para que faça uma ampla campanha de divulgação de prevenção a incêndios no município.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/indicacao_1775.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/indicacao_1775.pdf</t>
   </si>
   <si>
     <t>Que elabore um calendário anual para o plantio de árvores nas vias e logradouros públicos do município de Patrocínio principalmente nos bairros novos.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/indicacao_1776.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/indicacao_1776.pdf</t>
   </si>
   <si>
     <t>Solicitando o asfaltamento em frente a comunidade da Divisa.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/indicacao_1777.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/indicacao_1777.pdf</t>
   </si>
   <si>
     <t>Construção de uma pista para a prática de caminhada, na Av. José Eloi dos Santos no bairro Constantino, iniciando pela rua Péricles Borges Paiva até a Av. Faria Pereira, com 800 (oitocentos) metros de extensão.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/indicacao_1778.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/indicacao_1778.pdf</t>
   </si>
   <si>
     <t>Construção de uma faixa elevada para travessia de pedestres, frente ao Supermercado Boa Esperança, situado a Avenida Faria Pereira no bairro Boa Esperança.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/indicacao_1779.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/indicacao_1779.pdf</t>
   </si>
   <si>
     <t>A realização de serviços de reabertura de rua e pavimentação asfáltica, nas ruas Maria França Araujo e Emídio Espírito Santo no bairro Congonhas.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/indicacao_1780.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/indicacao_1780.pdf</t>
   </si>
   <si>
     <t>Que estiver sem e que seja feita os seguros em todos veículos assim que houver o recebimento dos mesmos.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/indicacao_1781.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/indicacao_1781.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja disponibilizado carrinhos com bonecos de barreira de falta para cada campo de futebol da cidade, priorizando aqueles que recebem projetos direcionados a categorias infantis e juvenis.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/indicacao_1782.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/indicacao_1782.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma do Conselho Comunitário de Santa Luzia dos Barros.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/indicacao_1783.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/indicacao_1783.pdf</t>
   </si>
   <si>
     <t>Solicitando novos uniformes para as escolas municipalizadas.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/indicacao_1784.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/indicacao_1784.pdf</t>
   </si>
   <si>
     <t>Solicitando uma travessia elevada na Av. dos Balsamos entre a Rua Giselda Castelo Branco e Rua Pedro Basílio, visando a segurança das crianças que aguardam o ônibus que para neste local.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacao_1785.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacao_1785.pdf</t>
   </si>
   <si>
     <t>Solicitando uma pracinha no espaço da Secretaria de Saúde localizado na equina da R. Joaquim Carlos dos Santos com a R. Mal. Floriano, para ser um ponto de espera e lazer para funcionários e munícipes.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/indicacao_1786.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/indicacao_1786.pdf</t>
   </si>
   <si>
     <t>Viabilize elevação do valor vale-alimentação para R$720,00 (Setecentos e vinte reais), de forma a favorecer o funcionalismo público municipal de Patrocínio.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao_1787.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao_1787.pdf</t>
   </si>
   <si>
     <t>Viabilize projeto que vise premiar o cidadão que exige nota fiscal e mantém sua regularidade junto ao Município de Patrocínio.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacao_1788.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacao_1788.pdf</t>
   </si>
   <si>
     <t>Que, conforme discurso proferido pelo mesmo e à exemplo de Patos de Minas, viabilize o Programa "Clube + Servidor" de forma a favorecer o funcionalismo público municipal de Patrocínio.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/indicacao_1789.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/indicacao_1789.pdf</t>
   </si>
   <si>
     <t>Solicitando uma academia ao ar livre para a comunidade de Santa Luzia dos Barros.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/indicacao_1790.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/indicacao_1790.pdf</t>
   </si>
   <si>
     <t>O fornecimento de uniformes com faixas refletivas aos garis.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/indicacao_1791.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/indicacao_1791.pdf</t>
   </si>
   <si>
     <t>Solicitando uma praça no cruzamento da Rua Marechal Floriano e Rua Expedicionário Francisco Caracioli.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/indicacao_1792.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/indicacao_1792.pdf</t>
   </si>
   <si>
     <t>Solicitando promova uma parceria entre Executivo, Judiciário e Escola do Legislativo, a fim de realizar um tour completo com os alunos das escolas públicas que participam da Escola do Legislativo, promovendo a cidadania e a politização das futuras gerações.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/indicacao_1793.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/indicacao_1793.pdf</t>
   </si>
   <si>
     <t>Solicitando que o sinal de três tempos do cruzamento da R. Cel. José Feliciano com a Av. Altino Guimarães possa possibilitar, para quem vem do Balão da Morada Nova, virar dando acesso ao Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/indicacao_1794.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/indicacao_1794.pdf</t>
   </si>
   <si>
     <t>Solicitando a doação do terreno aonde é o campo de futebol que foi pertencente ao Clube Ninho da Águia para o SINTRASPA, ou COSMU, afim de dar início a criação do CTPMP Clube do Trabalhador Público Municipal de Patrocínio.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_1795.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_1795.pdf</t>
   </si>
   <si>
     <t>Construção de uma calçada no entorno do Centro Comunitário da Comunidade de Boa Vista até o final da quadra esportiva ao lado do salão do Centro Comunitário, com acessibilidade universal, assentos e iluminação adequada.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/indicacao_1796.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/indicacao_1796.pdf</t>
   </si>
   <si>
     <t>Que construa um Parque Infantil no Centro de Educação Infantil Municipal São Cristóvão.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/indicacao_1797.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/indicacao_1797.pdf</t>
   </si>
   <si>
     <t>Que construa um Auditório no Centro de Educação Infantil Municipal São Cristóvão.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/indicacao_1798.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/indicacao_1798.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça pública na área institucional da Comunidade Greenville contento iluminação apropriada, assentos de jardim, playground, aparelhos de ginástica, arborização e acessibilidade universal.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/indicacao_1799.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/indicacao_1799.pdf</t>
   </si>
   <si>
     <t>Ampliação da ventilação nas salas de aula do Centro de Educação Infantil Municipal São Cristóvão.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/indicacao_1800.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/indicacao_1800.pdf</t>
   </si>
   <si>
     <t>Que construa uma Brinquedoteca, com brinquedos e sistema de áudio e vídeo para Centro de Educação Infantil Municipal São Cristóvão.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/indicacoes_1801.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/indicacoes_1801.pdf</t>
   </si>
   <si>
     <t>Que desenvolva ações em toda rede municipal de saúde, provocando a sensibilização de cidadãos para a doação de órgãos e ao mesmo tempo crie parceria, de forma a incentivar o Hospital Santa Casa a realizar esse procedimento, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/indicacoes_1802.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/indicacoes_1802.pdf</t>
   </si>
   <si>
     <t>Que incentive as instituições financeiras do município a emitir notas, boletos e documentos impressos em braile quando solicitadas pelas pessoas com_x000D_
 deficiência visual.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/indicacoes_1803.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/indicacoes_1803.pdf</t>
   </si>
   <si>
     <t>Que faça uma ampla divulgação dos candidatos (as) ao cargo de Conselheiro Tutelar para que a população possa participar da votação no dia 01 de_x000D_
 outubro.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/indicacoes_1804.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/indicacoes_1804.pdf</t>
   </si>
   <si>
     <t>Que faça um melhor remanejamento dos fiscais de trânsito em outros pontos do município.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/indicacoes_1805.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/indicacoes_1805.pdf</t>
   </si>
   <si>
     <t>Que façam os trâmites legais para o policiamento 24 horas na comunidade de Santa Luzia dos Barros, incluindo a construção de um espaço para que_x000D_
 os Policiais possam exercer suas funções.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/indicacoes_1806.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/indicacoes_1806.pdf</t>
   </si>
   <si>
     <t>Solicitando iluminação de Led para a comunidade de Santa Luzia dos Barros.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacoes_1807.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacoes_1807.pdf</t>
   </si>
   <si>
     <t>Solicitando atendimento médico na comunidade de Santa Luzia dos Barros.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/indicacoes_1808.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/indicacoes_1808.pdf</t>
   </si>
   <si>
     <t>Que providencie junto a Secretaria competente, a construção de construção de banheiro e vestiário feminino no Centro Esportivo Fábio Reis Silva no Bairro Santa Terezinha e demais Centros Esportivos, que tenham somente um vestiário e banheiro.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/indicacoes_1809.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/indicacoes_1809.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado camas hospitalares, cadeiras de rodas para a Casa de Apoio em Barretos, servir a população Patrocinense que faz tratamento de câncer.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/indicacoes_1810.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/indicacoes_1810.pdf</t>
   </si>
   <si>
     <t>Que utilize o símbolo oficial do Sistema Único de Saúde- SUS nas unidades de saúde que compõem a Rede Municipal de Saúde, independente das_x000D_
 modalidades de gestão e gerência a que estejam submetidas.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/indicacoes_1811.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/indicacoes_1811.pdf</t>
   </si>
   <si>
     <t>Que crie um Núcleo de Terapia Integrativa para os Profissionais de Educação da Rede Municipal em parcerias com organizações sociais, sociedade civil e iniciativa privada.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/indicacoes_1812.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/indicacoes_1812.pdf</t>
   </si>
   <si>
     <t>Que encaminhe a Câmara Municipal mudanças na lei complementar 62/2009 para que os servidores que foram recentemente empossados nas_x000D_
 vagas de cotas raciais possam também ter o mesmo tratamento na escolha de turmas.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/indicacoes_1813.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/indicacoes_1813.pdf</t>
   </si>
   <si>
     <t>Que faça junções administrativas para que estabeleça um novo lugar para as aulas práticas de autoescola do município.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/indicacoes_1814.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/indicacoes_1814.pdf</t>
   </si>
   <si>
     <t>Redutor de velocidade entre as ruas Benedito Santos e Lívio Guarda no Bairro Enéas.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/indicacoes_1815.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/indicacoes_1815.pdf</t>
   </si>
   <si>
     <t>O pedido para que o cartão vale alimentação dos servidores municipais possa ter a opção de sacar o valor correspondente, para que os servidores usem como quiserem.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/indicacoes_1816.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/indicacoes_1816.pdf</t>
   </si>
   <si>
     <t>Que o cartão vale alimentação dos servidores municipais possa aumentar para R$ 1000,00(hum mil reais) mensais.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/indicacoes_1817.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/indicacoes_1817.pdf</t>
   </si>
   <si>
     <t>Ampliação do Salão da Gruta de Santos Reis e a construção de uma cobertura no entorno da mesma, contendo banheiros, bebedouros e acessibilidade universal.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/indicacoes_1818.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/indicacoes_1818.pdf</t>
   </si>
   <si>
     <t>Que reproduza a sinalização de trânsito horizontal nas ruas de todo o Bairro Morada Nova e adjacentes.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/indicacoes_1819.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/indicacoes_1819.pdf</t>
   </si>
   <si>
     <t>Solicite a desafetação do espaço lateral à Escola Estadual Líbia Lassi Lopes, agora municipalizada, efetuando a ampliação da mesma.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/indicacoes_1820.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/indicacoes_1820.pdf</t>
   </si>
   <si>
     <t>Recapeamento da Rua Alberto Silva.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacoes_1821.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacoes_1821.pdf</t>
   </si>
   <si>
     <t>Mutirão da saúde na comunidade de Boa Vista e a criação de um programa de mutirão da saúde para toda Zona Rural do município de Patrocínio.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacoes_1822.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacoes_1822.pdf</t>
   </si>
   <si>
     <t>Solicitando reforma do campo do CASI Santo Antônio com demarcação das linhas, colocação de rede.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/indicacoes_1823.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/indicacoes_1823.pdf</t>
   </si>
   <si>
     <t>Solicitando um playground para a Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacoes_1824.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacoes_1824.pdf</t>
   </si>
   <si>
     <t>Disponibilização de um zelador para o Centro de Esportes “Gaspar Francisco Félix”, para realizar a manutenção do gramado, higienização_x000D_
 dos vestiários.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/indicacoes_1825.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/indicacoes_1825.pdf</t>
   </si>
   <si>
     <t>Recomposição e remarcação do gramado do campo de futebol do Centro de Esportes “Gaspar Francisco Félix”, assim como a instalação de chuveiros e reforma dos banheiros.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacoes_1826.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacoes_1826.pdf</t>
   </si>
   <si>
     <t>Para que seja incluída na cesta básica que é doada pelo cras do nosso município, como item essencial a ração para os animais de estimação.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/indicacoes_1827.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/indicacoes_1827.pdf</t>
   </si>
   <si>
     <t>Instalação de lixeiras de recicláveis na Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/indicacoes_1828.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/indicacoes_1828.pdf</t>
   </si>
   <si>
     <t>Solicitando mais locais para jogar lixo, construídos de formas adequadas, nos pontos de acesso das fazendas à região central da comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/indicacoes_1829.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/indicacoes_1829.pdf</t>
   </si>
   <si>
     <t>Reforma completa da Praça da comunidade de Santa Luzia dos Barros, com o estacionamento “espinha de peixe”.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/indicacoes_1830.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/indicacoes_1830.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça pública no Bairro Jardim Califórnia, contento iluminação apropriada, assentos de jardim, playground, aparelhos de ginástica, arborização e acessibilidade universal.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/indicacoes_1831.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/indicacoes_1831.pdf</t>
   </si>
   <si>
     <t>Que seja incluído na cesta básica que é fornecida pelo CRAS do município, um kit de higiene pessoal, contendo shampoo, condicionador, escova de dente, pasta de dente, fio dental, sabonete, barbeador, hastes flexíveis com ponta de algodão, papel higiênico e absorventes.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/indicacoes_1832.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/indicacoes_1832.pdf</t>
   </si>
   <si>
     <t>A contratação de mais 2 funcionários para o atendimento ao protocolo da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/indicacoes_1833.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/indicacoes_1833.pdf</t>
   </si>
   <si>
     <t>Que faça a colocação de contêineres em pontos viciados de lixo, o chamado Ecoponto Pronto em todos os bairros do município.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/indicacoes_1834.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/indicacoes_1834.pdf</t>
   </si>
   <si>
     <t>Que incentive os pais e responsáveis dos alunos(as) que no ato da matrícula em escola municipal apresente o cartão de vacinação, e que caso não esteja em dia possa regularizar.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/indicacoes_1835.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/indicacoes_1835.pdf</t>
   </si>
   <si>
     <t>Que faça a compra de novos equipamentos do Parquinho Infantil do Centro de Educação Infantil Lili Aguiar no bairro Jardim Sul.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/indicacoes_1836.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/indicacoes_1836.pdf</t>
   </si>
   <si>
     <t>Que dê publicidade no site da Prefeitura, dos nomes das escolas e creches municipais e suas respectivas informações.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacoes_1837.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacoes_1837.pdf</t>
   </si>
   <si>
     <t>Que cumpra a lei 14685 de 20 de Setembro de 2023 que determina a obrigação de divulgar a lista de espera por vagas nos estabelecimentos de educação básica de sua rede de ensino.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacoes_1838.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacoes_1838.pdf</t>
   </si>
   <si>
     <t>Que analise a viabilidade e execute as tratativas necessárias com a CEMIG para redução da rotatória do Bairro Jardim Ipiranga.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacoes_1839.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacoes_1839.pdf</t>
   </si>
   <si>
     <t>Rotatória para o acesso em linha reta da Av. Dr. Walter Pereira Nunes à Av. Marciano Pires.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/indicacoes_1840.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/indicacoes_1840.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização completa da Praça Geraldo Moreira Nelis, Praça da Saúde do Bairro Jardim Ipiranga, com pintura, reforma dos aparelhos, quadra, etc.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/indicacoes_1841.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/indicacoes_1841.pdf</t>
   </si>
   <si>
     <t>Redução do canteiro central da Av. Odir Aleixo, parte situada no Bairro Jardim Ipiranga.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/indicacoes_1842.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/indicacoes_1842.pdf</t>
   </si>
   <si>
     <t>Critérios para destinação dos recursos das leis Paulo Gustavo — LPG (Lei Complementar nº 195, de 8 de julho de 2022) e Aldir Blanc ( Lei nº 14.399, de 8 de julho de 2022 institui a Política Nacional Aldir Blanc de Fomento à Cultura).</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/indicacoes_1843.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/indicacoes_1843.pdf</t>
   </si>
   <si>
     <t>Que construa um Parque Infantil no Centro de Educação Infantil Municipal Professora Olga Barbosa.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/indicacoes_1844.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/indicacoes_1844.pdf</t>
   </si>
   <si>
     <t>Que envie à Câmara Municipal um Projeto de Lei alterando o Estatuto do Servidor Municipal, de forma a valorizar o funcionalismo público, beneficiando-o com férias prêmio e salário aniversário, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/indicacoes_1845.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/indicacoes_1845.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, depois de aprovado em Plenário, requerer ao Senhor Prefeito Municipal que, conforme discurso proferido pelo mesmo e à exemplo de Patos de Minas, proceda pesquisa para venda da folha de pagamento dos servidores municipais às instituições bancárias, avaliando e definindo a melhor proposta e diante da mesma, realizar rateio do lucro aos servidores municipais de Patrocínio.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/indicacoes_1846.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/indicacoes_1846.pdf</t>
   </si>
   <si>
     <t>Climatização das salas de aula da Rede Pública Municipal.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/indicacoes_1847.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/indicacoes_1847.pdf</t>
   </si>
   <si>
     <t>Que seja reativadas as câmeras de segurança da Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/indicacoes_1848.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/indicacoes_1848.pdf</t>
   </si>
   <si>
     <t>Ativação da sala de informática da Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/indicacoes_1849.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/indicacoes_1849.pdf</t>
   </si>
   <si>
     <t>Limpeza das 16 cacimbas da estrada da Divisa.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/indicacoes_1850.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/indicacoes_1850.pdf</t>
   </si>
   <si>
     <t>A construção de uma Ponte de Concreto no rio da comunidade dos Pedros.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/indicacoes_1851.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/indicacoes_1851.pdf</t>
   </si>
   <si>
     <t>A construção de um poliesportivo no Bairro Jardim Eldorado.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/indicacoes_1852.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/indicacoes_1852.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de bebedouros em forma de tanquinho, levando em consideração o número de funcionários para refrigeração adequada.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/indicacoes_1853.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/indicacoes_1853.pdf</t>
   </si>
   <si>
     <t>A criação do Campeonato de Futebol de Base Rogério Pereira de Almeida.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/indicacoes_1854.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/indicacoes_1854.pdf</t>
   </si>
   <si>
     <t>Solicitando um pontilhão na Avenida Dr. Walter Pereira Nunes com a Rua Otávio de Brito.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/indicacoes_1855.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/indicacoes_1855.pdf</t>
   </si>
   <si>
     <t>Providencie junto a Secretaria competente a instalação de iluminação, nas áreas externas das UBS com atendimento em horário noturno.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacoes_1856.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacoes_1856.pdf</t>
   </si>
   <si>
     <t>Sestran a visita de técnicos da secretaria, no cruzamento da Rua Maria Correia de Queiroz com a Av. dos Bálsamos no bairro Jardim Sul, visando retirar parte do canteiro central para agilizar o trânsito e evitar acidentes.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/indicacoes_1857.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/indicacoes_1857.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Superintendente do Daepa — Sr. Ronaldo Correia de Lima, a construção da REDE DE ESGOTO na rua 18, que fica ao lado da rua Ana Queiroz Pereira, e também na rua Emirena Marcolina de Souza, no Distrito de Silvano.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/indicacoes_1858.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/indicacoes_1858.pdf</t>
   </si>
   <si>
     <t>Asfaltamento, luz de LED, sinalização horizontal e vertical das vias, limpeza periódica para a Rua Professor Hugo Machado da Silveira, no Setor Industrial.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/indicacoes_1859.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/indicacoes_1859.pdf</t>
   </si>
   <si>
     <t>Que observe chamada do governo federal comunicando que Estados e municípios poderão solicitar investimentos em saúde a partir de segunda-_x000D_
 feira (09), de forma a favorecer a assistência à saúde dos usuários do Município de Patrocínio.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/indicacoes_1860.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/indicacoes_1860.pdf</t>
   </si>
   <si>
     <t>Que crie um mecanismo de atendimento especializado às pessoas acometidas por doenças raras, com a criação do Centro Municipal de Referência em Doenças Raras que disponibilizará serviço de saúde especializado para as enfermidades que se enquadrem nesta situação.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/indicacoes_1861.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/indicacoes_1861.pdf</t>
   </si>
   <si>
     <t>Que faça a nomeação de mais nutricionistas que foram aprovadas no último concurso público para atender as demandas de ambas secretarias.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/indicacoes_1862.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/indicacoes_1862.pdf</t>
   </si>
   <si>
     <t>A redução da rotatória do cruzamento da R. José Feliciano com a Av. Dr. Walter Pereira Nunes e da rotatória do cruzamento da R. Major Tobias com a Av. Dr. Walter Pereira Nunes.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/indicacoes_1863.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/indicacoes_1863.pdf</t>
   </si>
   <si>
     <t>Que aumente os muros e coloque arames farpados na Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/indicacoes_1864.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/indicacoes_1864.pdf</t>
   </si>
   <si>
     <t>Solicitando o paisagismo na quadra infantil do cemitério municipal, sem mexer na estrutura e no local das cruzes.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/indicacoes_1865.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/indicacoes_1865.pdf</t>
   </si>
   <si>
     <t>Solicitando a disponibilização de tendas para o cemitério municipal no dia de finados.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/indicacoes_1866.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/indicacoes_1866.pdf</t>
   </si>
   <si>
     <t>Solicitando uma equipe para recolher os plásticos e observar os cuidados para o combate ao mosquito Aedes aegypti no cemitério municipal no dia de finados com um mutirão em algum dos dias subsequentes.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/indicacoes_1867.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/indicacoes_1867.pdf</t>
   </si>
   <si>
     <t>Solicitando o feriado facultativo para os funcionários da Prefeitura Municipal de Patrocínio no dia 13 de outubro, sexta-feira, tendo em vista o feriado do dia 12 de outubro.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/indicacoes_1868.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/indicacoes_1868.pdf</t>
   </si>
   <si>
     <t>A construção de uma cobertura para bicicletas e motos na área interna da Secretaria de Obras.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/indicacoes_1869.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/indicacoes_1869.pdf</t>
   </si>
   <si>
     <t>Que faça adesão aos projetos prioritários dentro das novas diretrizes do novo PAC- Programa de Aceleração do Crescimento do Governo Federal.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/indicacoes_1870.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/indicacoes_1870.pdf</t>
   </si>
   <si>
     <t>Que estabeleça a atualização do Portal da Transparência e que o sistema esteja em funcionamento em sua totalidade.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/indicacoes_1871.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/indicacoes_1871.pdf</t>
   </si>
   <si>
     <t>Que faça um festival de bandas e fanfarras para promover o intercâmbio cultural e artístico da cidade.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/indicacoes_1872.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/indicacoes_1872.pdf</t>
   </si>
   <si>
     <t>Que possam dar continuidade no estreitamento do canteiro central da Av. Marciano Pires no trecho da Av. Jacinto Barbosa até a Av. Jucelino Kubistchek.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/indicacoes_1873.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/indicacoes_1873.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça de Convivência no Bairro Jardim Mônaco, com iluminação de LED, paisagismo e assentos de jardim, no espaço próxima a Rua Antônio Luzia, 378.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/indicacoes_1874.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/indicacoes_1874.pdf</t>
   </si>
   <si>
     <t>Solicitando a iluminação de Led na Al. dos Amarelinhos.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/indicacoes_1875.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/indicacoes_1875.pdf</t>
   </si>
   <si>
     <t>O aumento do passeio da Al. dos Amarelinho, parte da AL. dos Pinheiros até a Creche Geralda Pereira.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/indicacoes_1876.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/indicacoes_1876.pdf</t>
   </si>
   <si>
     <t>Solicitando a abertura e pavimentação da Rua Romeu Malagoli, pequeno trecho ainda não asfaltado, entre a Rua Olivia de Assis até a Rua Rio Branco.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/indicacoes_1877.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/indicacoes_1877.pdf</t>
   </si>
   <si>
     <t>Solicitando a abertura e pavimentação da Rua Rio Branco, trecho entre a Rua Honório de Abreu até a Avenida Dr. Walter Pereira Nunes.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/indicacoes_1878.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/indicacoes_1878.pdf</t>
   </si>
   <si>
     <t>Solicitando intervenções no cruzamento da Av. Benedito Romão de Melo com a Rua Manoel Damas, devido ao alto número de pessoas que estão furando o para na Rua Manoel Damas.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/indicacoes_1879.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/indicacoes_1879.pdf</t>
   </si>
   <si>
     <t>Que disponibilize para o CDC da Comunidade Samambaia duas porteiras e seis ventiladores.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/indicacoes_1880.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/indicacoes_1880.pdf</t>
   </si>
   <si>
     <t>Para que façam um novo planejamento estrutural de energia e iluminação no ponto turístico do Cristo Redentor.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacoes_1881.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacoes_1881.pdf</t>
   </si>
   <si>
     <t>A troca de todo o telhado da Escola Municipal João Batista Romão.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/indicacoes_1882.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/indicacoes_1882.pdf</t>
   </si>
   <si>
     <t>A instalação de uma marquise na entrada da E. M. Dona Mulata.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/indicacoes_1883.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/indicacoes_1883.pdf</t>
   </si>
   <si>
     <t>Que transfira o setor de transporte escolar para a sede da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/indicacoes_1884.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/indicacoes_1884.pdf</t>
   </si>
   <si>
     <t>Para que estude a possibilidade da colocação de semáforos no acesso do Bairro Nações ao Bairro Serra Negra.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/indicacoes_1885.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/indicacoes_1885.pdf</t>
   </si>
   <si>
     <t>Solicitando a revitalização e paisagismo do Centro Cívico Abdias Alves Nunes (Entorno da Prefeitura Municipal de Patrocínio).</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/indicacoes_1886.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/indicacoes_1886.pdf</t>
   </si>
   <si>
     <t>Solicitando a substituição da ambulância que atende na hemodiálise por uma nova ambulância e mais sofisticada.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/indicacoes_1887.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/indicacoes_1887.pdf</t>
   </si>
   <si>
     <t>Para que dê maior segurança aos clientes de plataformas on-line de entrega (delivery) com uma maior fiscalização da Vigilância Sanitária Municipal.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/indicacoes_1888.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/indicacoes_1888.pdf</t>
   </si>
   <si>
     <t>Que promova o LEC- Lazer, Esporte, Cultura na comunidade de Chapadão de Ferro.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/indicacoes_1889.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/indicacoes_1889.pdf</t>
   </si>
   <si>
     <t>Que estabeleça diretrizes de maior acompanhamento do trânsito no entorno das Escolas e Centros de Educação Infantil do município no horário de entrada dos alunos e no término das aulas.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/indicacoes_1890.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/indicacoes_1890.pdf</t>
   </si>
   <si>
     <t>A criação de um canal de comunicação via WhatsApp para que os usuários de oxigênio domiciliar possam entrar em contato com o setor responsável quando acabar o oxigênio.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/indicacoes_1891.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/indicacoes_1891.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja feita a substituição das lâmpadas em todo o Bairro Morada Nova, por lâmpadas de LED, nas seguintes vias: Alameda dos Pinheiros, Alameda dos Eucaliptos, Alameda das Pororocas, Alameda das Pindaíbas, Praça Abrão Abdallah Daura, Praça Abrão Abdallah Daura, Alameda das Gameleiras, Alameda Seringueiras, Avenida dos Bálsamos, Alameda das Sucupiras, Alameda dos Angazeiros, Alameda das Pitangueiras, Alameda das Perobas, Avenida dos Jacarandás, Avenida dos Jacarandá, Alameda das Perobas, Alameda das Mangabeiras, Alameda das Embaúbas, Alameda dos Ipês, Alameda das Sibipirunas, Alameda dos Jequitibás, Alameda das Caviúnas, Alameda dos Pinheiros, Avenida das Cerejeiras, Avenida dos Bálsamos, Avenida dos Bálsamos, Rua Independência, Alameda dos Piquis, Alameda Cedros, Alameda dos Mognos, Alameda dos Angicos, Alameda das Caviúnas, Alameda das Imbuias, Alameda dos Jatobás, Alameda dos Ipês, Alameda das Aroeiras, Avenida dos Jacarandás, Avenida dos Jacarandás, Avenida dos Bálsamos,</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/indicacoes_1893.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/indicacoes_1893.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja feita a substituição das lâmpadas em todo o Bairro Santo Antônio, por lâmpadas de LED, nas seguintes vias: Avenida Altino Guimarães, Avenida Odir Aleixo, Avenida Padre Matias, Avenida Walter Pereira Nunes, Rua Afonso Pena, Rua Antenor José da Silva, Rua do Fico, , Rua Dona Leopoldina, Rua Doze de Setembro, Rua Expedicionário Amadeu Lacerda, Rua Expedicionário Francisco Caracioli, Rua Expedicionário Francisco Pedro da Silva, Rua Furtado de Menezes, Rua Humberto Gonçalves Cortes, Rua Idelfonso José da Silva, Rua Januário da Cunha Barbosa, Rua Joaquim Coelho Marra, Rua Joel de Souza, Rua José Feliciano, Rua Leôncio Batista Cunha, Rua Liberdade, Rua Major Alvim, Rua Major Tobias Machado, Rua Maria Angélica Pereira da Silva, Rua Nhonhô Paiva, Rua Orlando Fernandes Botelho, Rua Otávio de Brito, Rua Pedro Gonçalves dos Reis, Rua Prosperidade, Rua Prudência, Rua Romeu Malagoli, Rua Serenidade, Rua Sinceridade e Rua Vinte Um de Abril.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/indicacoes_1893.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/indicacoes_1893.pdf</t>
   </si>
   <si>
     <t>Que seja feita a substituição das lâmpadas em todo o Bairro Nações, por lâmpadas de LED, nas seguintes vias: Rua Bolívia, Rua Colômbia, Rua França, Rua Itália, Rua Estados Unidos, Avenida Venezuela, Rua República do Libano, Rua Equador, Rua Portugal, Avenida Brasil, Rua Bolívia, Rua Honduras, Rua Bulgária, Rua Hungria, Rua Egito, Rua Vicente Percira Bragança, Rua José de Lourdes de Souza, Rua Colômbia, Rua Osmar Pereira de Queiroz, Rua Alemanha, Rua Equador, Rua Espanha, Avenida Venezuela, Rua Itália, Rua Paraguai, Rua França, Rua Chile.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/indicacoes_1894.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/indicacoes_1894.pdf</t>
   </si>
   <si>
     <t>A revitalização da recepção da Prefeitura Municipal de Patrocínio e novos bancos da fila de espera nos pontos de atendimento dentro do prédio da Prefeitura.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/indicacoes_1895.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/indicacoes_1895.pdf</t>
   </si>
   <si>
     <t>Solicitando o reembolso da tarifa do pedágio para os funcionários públicos municipais que passam diariamente pelo pedágio para exercerem suas funções.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/indicacoes_1896.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/indicacoes_1896.pdf</t>
   </si>
   <si>
     <t>O pedido para que possa ser emprestado para os jogadores de AirSoft (jogo de simulação real) o campo de futebol do PEUCA do bairro Santo Antônio no município de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/indicacoes_1897.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/indicacoes_1897.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltado as estradas rurais que dão acesso da rodovia até as seguintes comunidades: Pedros, Divisa, Santa Luzia dos Barros, Santo Antônio do Quebra Anzol, Chapadão, Boa Vista.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/indicacoes_1898.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/indicacoes_1898.pdf</t>
   </si>
   <si>
     <t>Que promovam o LEC-Lazer, Esporte e Cultura na Comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/indicacoes_1899.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/indicacoes_1899.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao Exmo. Sr. Secretário Municipal de Obras públicas e Serviços Urbanos Wellington Rodrigo Fernandes, o recapeamento asfáltico na rua Manoel Damas até a rua Wady Miguel, no bairro Matinha e que dão aproximadamente 50 metros.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/indicacoes_1900.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/indicacoes_1900.pdf</t>
   </si>
   <si>
     <t>A construção de uma passagem elevada na rua Teodoro Gonçalves, em frente ao colégio Atenas.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/indicacoes_1901.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/indicacoes_1901.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico das ruas Irineu Afonso e Lauro Borges, no bairro Cruzeiro da Serra.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/indicacoes_1902.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/indicacoes_1902.pdf</t>
   </si>
   <si>
     <t>A visita de técnicos da secretaria de trânsito, no cruzamento da Rua Francisco Ramos com a Av. José Elói dos Santos no bairro Constantino, visando autorizar a retirada de parte do canteiro central alargando o mesmo, agilizando o trânsito e criando vagas para estacionamento.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/indicacoes_1903.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/indicacoes_1903.pdf</t>
   </si>
   <si>
     <t>A construção de calçadas para famílias de baixa renda na Comunidade de Greenville (Mutirão das calçadas).</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/indicacoes_1904.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/indicacoes_1904.pdf</t>
   </si>
   <si>
     <t>A instalação de um ponto de ônibus, com banco e cobertura, no novo endereço da Policlínica, junto ao Pronto Socorro.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/indicacoes_1905.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/indicacoes_1905.pdf</t>
   </si>
   <si>
     <t>A antecipação do aumento do valor da cesta básica dos servidores municipais para o dia 20 de dezembro, antes do Natal.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/indicacoes_1906.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/indicacoes_1906.pdf</t>
   </si>
   <si>
     <t>A instalação de lixeiras na Praça Matriz.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/indicacoes_1907.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/indicacoes_1907.pdf</t>
   </si>
   <si>
     <t>Que implante a sinalização tátil, sonora e visual, nas dependências dos órgãos municipais, a fim de possibilitar acessibilidade aos portadores de necessidades especiais visuais e auditivas.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/indicacoes_1908.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/indicacoes_1908.pdf</t>
   </si>
   <si>
     <t>Que coloque a iluminação de LED em toda extensão da Rua Cesário Alvim.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacoes_1909.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacoes_1909.pdf</t>
   </si>
   <si>
     <t>A possibilidade da instalação de um redutor de velocidade no cruzamento da Avenida Brasil com a Rua Paraguai e a Avenida Venezuela, no bairro Nações/Serra Negra.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/indicacoes_1910.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/indicacoes_1910.pdf</t>
   </si>
   <si>
     <t>Que crie uma campanha de conscientização ao incentivo do consumo de etanol em Patrocínio para que assim possamos fazer a promoção do agronegócio e do combustível proveniente da cana-de-açúcar.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/indicacoes_1911.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/indicacoes_1911.pdf</t>
   </si>
   <si>
     <t>Que providencie com URGÊNCIA os reparos causados por vândalos na Praça do Bairro Boa Esperança e que contrate um Guarda Noturno.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacoes_1912.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacoes_1912.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma da quadra de esportes da comunidade da Divisa.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/indicacoes_1913.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/indicacoes_1913.pdf</t>
   </si>
   <si>
     <t>Solicitando uma equipe para recolher os plásticos e observar os cuidados para o combate ao mosquito Aedes aegypti no cemitério localizado no distrito de São João da Serra Negra no dia de finados com um mutirão em algum dos dias subsequentes.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacoes_1914.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacoes_1914.pdf</t>
   </si>
   <si>
     <t>Realize o Recapeamento Asfáltico na rua Joaquim Carlos dos Santos.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacoes_1915.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacoes_1915.pdf</t>
   </si>
   <si>
     <t>Solicitando a gratuidade do estacionamento da Rodoviária (estacionamento do lado da Av. Jucelino Kubistchek) para a população.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/indicacoes_1916.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/indicacoes_1916.pdf</t>
   </si>
   <si>
     <t>Que crie a CASA DO AUTISTA em Patrocínio.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/indicacoes_1917.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/indicacoes_1917.pdf</t>
   </si>
   <si>
     <t>Que providencie junto a Secretaria competente, a construção de um parquinho para o Centro de Educação Infantil Municipal Luiza Pereira da Silva de Macaúbas de Cima.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/indicacoes_1918.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/indicacoes_1918.pdf</t>
   </si>
   <si>
     <t>Construção de uma academia ao ar livre com aparelhos de ginástica e parquinho infantil para a comunidade rural de Puladouro.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/indicacoes_1919.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/indicacoes_1919.pdf</t>
   </si>
   <si>
     <t>A construção de vestiários e banheiros no campo de futebol da comunidade da Divisa.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacoes_1920.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacoes_1920.pdf</t>
   </si>
   <si>
     <t>Que revise o Estatuto do Servidor para regulamentar melhor a questão de banco de horas e tolerância em pequenos atrasos.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/indicacoes_1921.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/indicacoes_1921.pdf</t>
   </si>
   <si>
     <t>Reforma dos banheiros da praça localizada na comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/indicacoes_1922.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/indicacoes_1922.pdf</t>
   </si>
   <si>
     <t>Que construam um espaço de lazer com paisagismo, playground, assentos de jardim e um campo de futebol no Bairro Enéas Ferreira de Aguiar, nas proximidades das Ruas Neuber Veloso esquina com a Rua Maria Correia de Queiroz.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/indicacoes_1923.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/indicacoes_1923.pdf</t>
   </si>
   <si>
     <t>A concessão de um terreno municipal, no morro do Cristo Redentor com espaço de torre que está atualmente abandonada (sem uso há vários anos), com área de 250 metros quadrados, localização do terreno mencionado COORDENADAS GPS -18.915144, -47.004509. A Empresa Internet Five Link, CNPJ 51.985.287/0001- 97, responsável, para investimento privado da empresa em toda região rural de Patrocínio com reforma do local e revitalização para a instalação de um novo CPD de transmissão via rádio nesse espaço cedido, conforme foto em dentro de todas as normas municipais e engenharia.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/indicacoes_1924.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/indicacoes_1924.pdf</t>
   </si>
   <si>
     <t>Solicitar a alteração no nome da Rua Parque das Primaveras no bairro Dona Diva | para Rua Marcelo Borges.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/indicacoes_1925.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/indicacoes_1925.pdf</t>
   </si>
   <si>
     <t>Instalação de bicicletário na Av. Rui Barbosa, próximo ao nº 621.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/indicacoes_1926.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/indicacoes_1926.pdf</t>
   </si>
   <si>
     <t>Que finalize o Recapeamento Da Rua Japão no Bairro Serra Negra.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/indicacoes_1927.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/indicacoes_1927.pdf</t>
   </si>
   <si>
     <t>A troca da iluminação tradicional para luzes de led nos bairros Serra Negra, Jardim Europa e Jardim Alvorada.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/indicacoes_1928.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/indicacoes_1928.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente, o pedido para que todas as creches não parem de funcionar nas férias escolares dos meses de Julho, Dezembro e Janeiro.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/indicacoes_1929.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/indicacoes_1929.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma pracinha ao ar livre anexa ao Estádio Municipal Daniel Caldeira, no bairro Santo Antônio, e que a mesma receba o nome do desportista Sr. Francisco dos Reis Pereira (Francisquinho do Santo Antônio).</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/indicacoes_1930.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/indicacoes_1930.pdf</t>
   </si>
   <si>
     <t>Solicitando o recapeamento da Rua Antônio Pereira de Almeida e a construção de sarjetas para escoar a água pluvial.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/indicacoes_1931.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/indicacoes_1931.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de um veículo para a CESMT - Coordenadoria de Engenharia, Segurança e Medicina do Trabalho.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/indicacoes_1932.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/indicacoes_1932.pdf</t>
   </si>
   <si>
     <t>Solicitando caixas eletrônicos 24h no Terminal Rodoviário Gildo Guarda.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/indicacoes_1933.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/indicacoes_1933.pdf</t>
   </si>
   <si>
     <t>Solicitando a revogação do parágrafo 5º do art. 36 da Lei Complementar nº 061 de 1º de outubro de 2009 ou alteração do mesmo aumentando o limite total de padrões para 47.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/indicacoes_1934.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/indicacoes_1934.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à Secretaria Competente o pedido da cobertura da arquibancada do estádio Pedro Alves do Nascimento do lado esquerdo.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/indicacoes_1935.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/indicacoes_1935.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria competente o pedido de Assistência Integral para mães e recém nascidos de parto normal no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/indicacoes_1936.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/indicacoes_1936.pdf</t>
   </si>
   <si>
     <t>Que coloque sinalização horizontal e vertical na rotatória da entrada do Memorial Jardim dos Ipês.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/indicacoes_1937.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/indicacoes_1937.pdf</t>
   </si>
   <si>
     <t>Solicitando um espaço destinado a comunidade Negra de Patrocínio.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/indicacoes_1938.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/indicacoes_1938.pdf</t>
   </si>
   <si>
     <t>Solicitando o recapeamento da Rua José Feliciano, parte da R. Governador Valadares até a rua Vicente Caldeira, e o recapeamento da Rua Vicente Caldeira.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/indicacoes_1939.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/indicacoes_1939.pdf</t>
   </si>
   <si>
     <t>Que providencie transporte para realização de mutirão afim que moradores das zonas rurais possam tirar a nova identidade nacional e o título de eleitor.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/indicacoes_1940.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/indicacoes_1940.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de novos parquinhos de recreação infantil feitos de material plástico.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/indicacoes_1941.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/indicacoes_1941.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado o “horário do trabalhador” em todas as UBS do município, um atendimento fora do horário de trabalho.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/indicacoes_1942.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/indicacoes_1942.pdf</t>
   </si>
   <si>
     <t>Que instituem no calendário oficial municipal a “VIRADA CRISTÃ” com a realização de atos ecumênicos em prol de uma sociedade mais justa e fraterna.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/indicacoes_1943.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/indicacoes_1943.pdf</t>
   </si>
   <si>
     <t>A criação de um INSTITUTO DE APOIO ÀS MÃES DE CRIANÇAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/indicacoes_1944.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/indicacoes_1944.pdf</t>
   </si>
   <si>
     <t>A disponibilização de um zelador para o Espaço Turístico do Cristo Redentor, na Cruzeiro da Serra, no período da manhã.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/indicacoes_1945.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/indicacoes_1945.pdf</t>
   </si>
   <si>
     <t>Que realize melhorias na estrada de acesso a comunidade de Pedros.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/indicacoes_1946.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/indicacoes_1946.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza dos passeios (meio-fio) ao longo da Rua José Feliciano, no trecho do Bairro São Vicente, bem como melhoria no serviço de varrição.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/indicacoes_1947.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/indicacoes_1947.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção da iluminação pública na Rua José Feliciano no trecho a partir do nº 358.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/indicacoes_1948.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/indicacoes_1948.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao orgão competente a contratação de um neuropediatra para atendimento ambulatorial na rede SUS.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/indicacoes_1949.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/indicacoes_1949.pdf</t>
   </si>
   <si>
     <t>Que providencie junto ao orgão competente a recontratação de vários neurocirurgiões para atendimento ambulatorial na rede SUS.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/indicacoes_1950.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/indicacoes_1950.pdf</t>
   </si>
   <si>
     <t>Que estude expandir o atendimento da Escola Municipal Líbia Lassi Lopes para até o 6º ano.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/indicacoes_1951.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/indicacoes_1951.pdf</t>
   </si>
   <si>
     <t>Que realize uma ampla campanha de divulgação para as pessoas de baixa renda que não tem ainda o CADÚNICO ou aquelas que necessitam fazer atualização para participar do Programa Minha Casa Minha Vida, pois é condição obrigatória para participar do programa habitacional.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/indicacoes_1952.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/indicacoes_1952.pdf</t>
   </si>
   <si>
     <t>Que os novos semáforos da Avenida Catiguá sejam sincronizados.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/indicacoes_1953.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/indicacoes_1953.pdf</t>
   </si>
   <si>
     <t>Criação de uma placa iluminadora com os dizeres “EU AMO MORADA NOVA”, na entrada do Bairro, junto à Praça de convivência “Clayton Rodrigues Caixeta”.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/indicacoes_1954.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/indicacoes_1954.pdf</t>
   </si>
   <si>
     <t>Que contemplem via sorteio 10 cidadãos patrocinenses que queiram realizar o ato histórico de PLANTAR UM IPÊ no canteiro central da Avenida Dom José André Coimbra.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/indicacoes_1955.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/indicacoes_1955.pdf</t>
   </si>
   <si>
     <t>Que dê maior publicidade da forma de distribuição e das mudanças no novo formato Programa “Minha Casa, Minha Vida.”</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/indicacoes_1956.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/indicacoes_1956.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado à secretaria trânsito o pedido de instalação de placas de vagas de autismo no Município de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/indicacoes_1957.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/indicacoes_1957.pdf</t>
   </si>
   <si>
     <t>Que realize um mutirão de limpeza nas áreas públicas da Prefeitura.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/indicacoes_1958.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/indicacoes_1958.pdf</t>
   </si>
   <si>
     <t>Que providencie a mudança das equipes de ROÇA da nossa cidade de duas (2), para quatro (4) equipes.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/indicacoes_1959.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/indicacoes_1959.pdf</t>
   </si>
   <si>
     <t>Uma passagem elevada na rua Presidente Vargas, 572, Centro.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/indicacoes_1960.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/indicacoes_1960.pdf</t>
   </si>
   <si>
     <t>Que possa providenciar dois (2) exaustores para a nossa Cantina Municipal.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/indicacoes_1961.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/indicacoes_1961.pdf</t>
   </si>
   <si>
     <t>Que providencie junto a Secretaria competente, a plantação de gramado na parte interna do Cemitério Municipal.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/indicacoes_1962.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/indicacoes_1962.pdf</t>
   </si>
   <si>
     <t>Que amplie o barracão anexo a sede do Centro de Desenvolvimento Comunitário de Dourados, onde acontecem as festas religiosas.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/indicacoes_1963.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/indicacoes_1963.pdf</t>
   </si>
   <si>
     <t>Que continuem cumprindo a LEI 5.033 de julho de 2018 que dispõe sobre a remoção de veículos abandonados, sucatas e afins em vias e logradouros Públicos.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/indicacoes_1964.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/indicacoes_1964.pdf</t>
   </si>
   <si>
     <t>A contratação de vice-diretores para as Escolas Municipais de Patrocínio que ainda não possuem: Escola Municipal Dona Mulata, Escola Municipal Rogério Leonardo de Oliveira, Escola Municipal Conceição Eloi, Escola Municipal Mariana Tavares, Escola Municipal Coronel João Cândido De Aguiar, Escola Municipal Professora Irma Carvalho, Escola Municipal Professora Célia Lemos e Escola Municipal Líbia Lassi Lopes.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/indicacoes_1965.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/indicacoes_1965.pdf</t>
   </si>
   <si>
     <t>Uma ajuda de custo para despesas com alimentação para pacientes ec acompanhantes que fazem tratamento oncológico em Jales e Barretos.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/indicacoes_1966.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/indicacoes_1966.pdf</t>
   </si>
   <si>
     <t>Que realize um estudo de luminosidade em todas as salas de aula das Escolas Municipais e realize a troca da iluminação por Led, de forma que atenda a iluminação ideal indicada pelo estudo.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/indicacoes_1967.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/indicacoes_1967.pdf</t>
   </si>
   <si>
     <t>Solicitando iluminação de Led para a comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/indicacoes_1968.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/indicacoes_1968.pdf</t>
   </si>
   <si>
     <t>Solicitando um torneio de futebol interbairro.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/indicacoes_1969.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/indicacoes_1969.pdf</t>
   </si>
   <si>
     <t>Solicitando a introdução do Dicionário Enciclopédico Ilustrado Trilíngue da Língua de Sinais Brasileira nas Escolas Municipais.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/indicacoes_1970.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/indicacoes_1970.pdf</t>
   </si>
   <si>
     <t>Solicitando o repasse semanal a imprensa do boletim informativo dos casos de dengue, estabelecido pela Lei Municipal nº 5.594/2023, durante o verão.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/indicacoes_1971.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/indicacoes_1971.pdf</t>
   </si>
   <si>
     <t>Solicitando a liberação do Trenzinho da Alegria para as festividades de Fim de Ano.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/indicacoes_1972.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/indicacoes_1972.pdf</t>
   </si>
   <si>
     <t>Para que reforce o efetivo de seguranças no Pronto Socorro e nas UBS do município.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/indicacoes_1973.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/indicacoes_1973.pdf</t>
   </si>
   <si>
     <t>Que estude a possibilidade de criar um processo de seleção (prova) para o ingresso no 6º ano do Colégio Olímpio.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/indicacoes_1974.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/indicacoes_1974.pdf</t>
   </si>
   <si>
     <t>Que faça a troca das lâmpadas queimadas na comunidade de Macaúbas de Cima.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/indicacoes_1975.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/indicacoes_1975.pdf</t>
   </si>
   <si>
     <t>Solicitando a análise e adoção de medidas na Rua Divino Gonçalves de Oliveira, Bairro Jardim Ipiranga, em especial na altura da interseção com a Rua Dom João VI.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/indicacoes_1976.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/indicacoes_1976.pdf</t>
   </si>
   <si>
     <t>Solicitando um cronograma do fumacê 2024 passando em todos os bairros 1 vez ao mês no período de janeiro à abril e contemplando também as comunidades rurais.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/indicacoes_1978.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/indicacoes_1978.pdf</t>
   </si>
   <si>
     <t>Solicitando a aplicação de fumacê costal em residências localizadas em regiões com focos do mosquito da dengue, mediante solicitação do proprietário.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/indicacoes_1978.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/indicacoes_1978.pdf</t>
   </si>
   <si>
     <t>Solicitando os trâmites legais para conquistar a isenção de pedágio para Pais e Mães de Crianças Atípicas em Tratamento Médico Fora do Município, em especial crianças com autismo e transtornos de hiperatividades.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/indicacoes_1979.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/indicacoes_1979.pdf</t>
   </si>
   <si>
     <t>Solicitando a implementação de Bicicletas Ergométricas Sustentáveis em Praças Públicas do Município de Patrocinio.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/indicacoes_1980.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/indicacoes_1980.pdf</t>
   </si>
   <si>
     <t>Solicitando realização de vistoria ergonômica nas Unidades Básicas de Saúde (UBS) com a troca das mobílias para atender as adequações necessárias.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/indicacoes_1981.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/indicacoes_1981.pdf</t>
   </si>
   <si>
     <t>Realize a redução dos canteiros das Avenidas Enéias Ferreira de Aguiar e Avenida Rússia, no cruzamento entre os bairros Nações e Serra Negra.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2010/mocao_399.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2010/mocao_399.pdf</t>
   </si>
   <si>
     <t>a jovem CLEISLA CAROLINE MARIA REIS pela brilhante trajetória escolar e pelo seu esforço diante de tantos desafios.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2011/mocao_400.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2011/mocao_400.pdf</t>
   </si>
   <si>
     <t>Tenente-Coronel Marisa Cunha Nunes Rios, pela promoção à Comandante do 10" RPM, que abrange 23 municípios da região do Alto Paranaíba e Noroeste de Minas, sendo responsável também por coordenar as ações realizadas pelo 15° BPM de Patos de Minas e o 46° BPM de Patrocínio.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_401.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_401.pdf</t>
   </si>
   <si>
     <t>a empresa HT CALÇADOS pelos 15 anos de existência em nossa cidade e pelo excelente atendimento aos clientes.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2015/mocao_402.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2015/mocao_402.pdf</t>
   </si>
   <si>
     <t>à Polícia Militar de Patrocínio pelo trabalho que vem sendo realizado no combate a violência contra a mulher e pela redução dos crimes.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2016/mocao_403.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2016/mocao_403.pdf</t>
   </si>
   <si>
     <t>RAFAEL BORGES pelo destaque em âmbito nacional como cantor e compositor no ano de 2022.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2017/mocao_404.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2017/mocao_404.pdf</t>
   </si>
   <si>
     <t>a AGROGALAXY pela recente inauguração da empresa em nosso município.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/mocao_405.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/mocao_405.pdf</t>
   </si>
   <si>
     <t>Giovanna Nayara Silva Reis Teixeira, influenciadora digital, organizadora da campanha em prol de senhora que teve grandes prejuízos com a chuva no último dia 15 de janeiro.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/mocao_406.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/mocao_406.pdf</t>
   </si>
   <si>
     <t>IHARA, Empresa de Pesquisa e Desenvolvimento de Tecnologias Agrícolas, pela doação de representativo valor financeiro ao Hospital de Câncer "Dr. José Figueiredo", no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/mocao_407.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/mocao_407.pdf</t>
   </si>
   <si>
     <t>Grupo Mulheres no Esporte Patrocínio pela comemoração de um ano de atuação no município e pelo desenvolvimento de atividades esportivas.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/mocao_408.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/mocao_408.pdf</t>
   </si>
   <si>
     <t>Vânia Silva Marinho, como Rainha Nacional do Café de Patrocínio no ano de 1983, 1° Rainha Interestadual e Nacional do Café.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/mocao_409.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/mocao_409.pdf</t>
   </si>
   <si>
     <t>Maria Eduarda Amaral, como Miss Minas Gerais Teen CNB no ano de 2022.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/mocao_410.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/mocao_410.pdf</t>
   </si>
   <si>
     <t>Isabella Caroline, como Miss Patrocínio Teen CNB no ano de 2022.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/mocao_411.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/mocao_411.pdf</t>
   </si>
   <si>
     <t>Esther Leite, como Miss Patrocínio CNB no ano de 2022.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/mocao_412.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/mocao_412.pdf</t>
   </si>
   <si>
     <t>Bárbara de Souza Gonçalves, como Vice Mini Miss Minas Gerais no ano de 2022.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/mocao_413.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/mocao_413.pdf</t>
   </si>
   <si>
     <t>Andryele Ramos, como Rainha Nacional do Café de Patrocínio no ano de 2022.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/mocao_414.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/mocao_414.pdf</t>
   </si>
   <si>
     <t>Amanda Martins, como Rainha Nacional do Café de Patrocínio no ano de 2019.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/mocao_415.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/mocao_415.pdf</t>
   </si>
   <si>
     <t>Bianca Nunes Leão, como Rainha Nacional do Café de Patrocínio no ano de 2018.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/mocao_416.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/mocao_416.pdf</t>
   </si>
   <si>
     <t>Thainá Casagrande Almeida, como Rainha Nacional do Café de Patrocínio no ano de 2017.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/mocao_417.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/mocao_417.pdf</t>
   </si>
   <si>
     <t>Talita Flaviana Corrêa, como Rainha Nacional do Café de Patrocínio no ano de 2012.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/mocao_418.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/mocao_418.pdf</t>
   </si>
   <si>
     <t>Nádia Francielle de Oliveira, como Rainha Nacional do Café de Patrocínio no ano de 2008.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/mocao_419.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/mocao_419.pdf</t>
   </si>
   <si>
     <t>Marília Gomes, como Rainha Nacional do Café de Patrocínio no ano de 2007.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2040/mocao_420.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2040/mocao_420.pdf</t>
   </si>
   <si>
     <t>Jéssica Aguilar Pornaro, como Rainha Nacional do Café de Patrocínio no ano de 2006.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/mocao_421.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/mocao_421.pdf</t>
   </si>
   <si>
     <t>Bruna Borges, como Rainha Nacional do Café de Patrocínio no ano de 2005.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/mocao_422.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/mocao_422.pdf</t>
   </si>
   <si>
     <t>Patrícia Fornaro, como Rainha Nacional do Café de Patrocínio no ano de 2004.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/mocao_423.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/mocao_423.pdf</t>
   </si>
   <si>
     <t>Daniele Oliveira Pinheiro, como Rainha Nacional do Café de Patrocínio no ano de 2004.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/mocao_424.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/mocao_424.pdf</t>
   </si>
   <si>
     <t>Emília de Fátima Xavier, como Rainha Nacional do Café de Patrocínio no ano de 2003.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mocao_425.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mocao_425.pdf</t>
   </si>
   <si>
     <t>Priscila de Paula, como Rainha Nacional do Café de Patrocínio no ano de 1996.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mocao_426.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mocao_426.pdf</t>
   </si>
   <si>
     <t>Denia Lúcia Souza Botelho, como Rainha Nacional do Café de Patrocínio no ano de 1995.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/mocao_427.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/mocao_427.pdf</t>
   </si>
   <si>
     <t>Paula Ferreira Almeida, como Rainha Nacional do Café de Patrocínio no ano de 1994.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/mocao_428.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/mocao_428.pdf</t>
   </si>
   <si>
     <t>Nayara Teixeira Bernardes Brandão, como Rainha Nacional do Café de Patrocínio no ano de 1988.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mocao_429.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mocao_429.pdf</t>
   </si>
   <si>
     <t>Cláudia de Paula Moreira, como Rainha Nacional do Café de Patrocínio no ano de 1987.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/mocao_430.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/mocao_430.pdf</t>
   </si>
   <si>
     <t>Silvia Helena Casagrande, como Rainha Nacional do Café de Patrocínio no ano de 1986.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/mocao_431.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/mocao_431.pdf</t>
   </si>
   <si>
     <t>Marta Marques da Silveira, como Rainha Nacional do Café de Patrocínio no ano de 1985.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mocao_432.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mocao_432.pdf</t>
   </si>
   <si>
     <t>Vanessa Pires da Cunha como Rainha Nacional do Café de Patrocínio no ano de 2003.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mocao_433.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mocao_433.pdf</t>
   </si>
   <si>
     <t>Jornal de Patrocínio pelos 50 anos de circulação.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/mocao_434.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/mocao_434.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Silva e Guilherme Rocha Chagas pela presteza diante da IGR Caminhos do Cerrado.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/mocao_435.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/mocao_435.pdf</t>
   </si>
   <si>
     <t>Ao empresário Wander Júnior de Carvalho pela posse como novo Presidente da ACIP de Patrocínio.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mocao_436.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mocao_436.pdf</t>
   </si>
   <si>
     <t>THIAGO BATISTA DE ALMEIDA pela posse como novo Presidente da CDL de Patrocínio.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/mocao_437.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/mocao_437.pdf</t>
   </si>
   <si>
     <t>Às mulheres da cultura Patrocinense: Adélia Isac, Jaqueline Barbosa, Maria Fátima da Silva Antunes, Maria Aparecida do Nascimento Leite, Camila Cunha de Paula, Lara Pires, Vanda Maria Guimarães Rocha, Gislene Maria dos Santos, Maria José de Feiras Souza, Lourdes de Jesus Rodrigues Melo, Miscelania Maria de Lima, Adriana Nunes dos Santos, Maria Helena Otaviano Silva, Maria Solange Rabelo, Mariana Rita Gonçalves, como mulher, à Cultura Patrocinense.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/mocao_438.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/mocao_438.pdf</t>
   </si>
   <si>
     <t>THIAGO OTAVIANO SOUZA DO NASCIMENTO pelo brilhante trabalho como agente de limpeza realizado em nossa cidade.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_439.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_439.pdf</t>
   </si>
   <si>
     <t>O senhor Jeovanny Queiroz pelos serviços sociais voluntários prestados em nosso Município.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/mocao_440.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/mocao_440.pdf</t>
   </si>
   <si>
     <t>Sra. ELIANE MARIA JOSE DE RESENDE, eleita e empossada Coordenadora da Comissão de Mulheres Trabalhadoras Rurais da FETAEMG (Federação dos Trabalhadores na Agricultura do Estado de Minas Gerais) Polo Triângulo Mineiro e Alto Paranaíba, e Srta. ANDRESSA GABRIELY BORGES DE RESENDE, eleita e empossada Coordenadora da Comissão de Jovens Trabalhadores (as) Rurais da FETAEMG (Federação dos Trabalhadores na Agricultura do Estado de Minas Gerais) Polo Triangulo Mineiro e Alto Paranaíba.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/mocao_441.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/mocao_441.pdf</t>
   </si>
   <si>
     <t>Ilustre profissional Lazaro Alves de Feitas, pelos relevantes serviços prestados à nossa sociedade.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/mocao_442.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/mocao_442.pdf</t>
   </si>
   <si>
     <t>Secretário Municipal de Saúde Luiz Eduardo Salomão Mendonça pela posse como Presidente Regional do COSEMS, Regional de Uberlândia, Gestão 2023/2025.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mocao_443.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mocao_443.pdf</t>
   </si>
   <si>
     <t>Maurício Maciel por estar entre os 6 melhores Barista do Brasil.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/mocao_444.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/mocao_444.pdf</t>
   </si>
   <si>
     <t>jovem Guilherme Ghirardelli, pela exímia contribuição à cultura de Patrocínio.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/mocao_445.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/mocao_445.pdf</t>
   </si>
   <si>
     <t>CAFÉ COM PÃO PADARIA E CONFEITARIA pela celebração de seus 20 anos em nossa cidade.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/mocao_446.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/mocao_446.pdf</t>
   </si>
   <si>
     <t>ACADEMIA EPIC FITNESS pela excelência na qualidade dos serviços prestados à sociedade patrocinense.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/mocao_447.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/mocao_447.pdf</t>
   </si>
   <si>
     <t>Mattheus Narcizo dos Santos.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/mocao_448.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/mocao_448.pdf</t>
   </si>
   <si>
     <t>Escola Estadual José Eduardo Aquino pelo seu aniversário de 38 anos.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/mocao_449.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/mocao_449.pdf</t>
   </si>
   <si>
     <t>Letícia Brito pelo destaque como repórter da Rede Globo em Itumbiara/GO</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/mocao_450.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/mocao_450.pdf</t>
   </si>
   <si>
     <t>Laís Xavier Bernardes, gestora e proprietária da página em.patrocínio.tem, desde 2019, pela iniciativa de sugerir projetos de melhorias na segurança das escolas.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_451.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_451.pdf</t>
   </si>
   <si>
     <t>Senhor Ronaldo da Silva (Pescador) de 64 anos, por ser exemplo de cidadão mesmo com limitações colaborando com a limpeza da cidade.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_452.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_452.pdf</t>
   </si>
   <si>
     <t>Adriana Souza Marques, primeira colocada no concurso para P1, da Prefeitura Municipal de Patrocínio/2023.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/mocao_453.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/mocao_453.pdf</t>
   </si>
   <si>
     <t>Marisa Martins Vieira Silva, psicóloga, em homenagem aos 9 anos de seu consultório de psicologia Bem Viver.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/mocao_454.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/mocao_454.pdf</t>
   </si>
   <si>
     <t>Cintia Modesto de Vasconcelos, pelo sucesso de seu empreendimento "Salão Cíntia Vasconcelos Cabelos Reais".</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mocao_455.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mocao_455.pdf</t>
   </si>
   <si>
     <t>BLOOM CACHOS STUDIO pela excelência nos serviços estéticos prestados em nossa cidade.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_456.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_456.pdf</t>
   </si>
   <si>
     <t>FÁBIO FERREIRA por ser eleito para o terceiro mandato como presidente do PTC Patrocínio Tênis Clube.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/mocao_457.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/mocao_457.pdf</t>
   </si>
   <si>
     <t>Vinícius Arcanjo de Freitas bicampeão do Rodeio.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/mocao_458.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/mocao_458.pdf</t>
   </si>
   <si>
     <t>Fernando Antônio Pereira Júnior, pelo destaque como cabeleireiro qualificado em Patrocínio.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/mocao_459.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/mocao_459.pdf</t>
   </si>
   <si>
     <t>Laudiceia Rodrigues, pela história de sucesso como cabeleireira especializada em tranças.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/mocao_460.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/mocao_460.pdf</t>
   </si>
   <si>
     <t>Aos colaboradores da Clínica Laboral Saúde e Segurança do Trabalho (lista de colaboradores em anexo), pelos serviços prestados.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/mocao_461.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/mocao_461.pdf</t>
   </si>
   <si>
     <t>Aos responsáveis pela organização da Boate Fenacafé 2023 - Área Vip Real Coffee, Gabriel Henrique Pereira, Gilberto Danilo Pires e Diego Marins Nunes.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/mocao_462.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/mocao_462.pdf</t>
   </si>
   <si>
     <t>a empresa Iluminus Bluesun.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/mocao_463.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/mocao_463.pdf</t>
   </si>
   <si>
     <t>Escola Estadual Irmã Gislene pelo seu aniversário de 61 anos.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/mocao_464.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/mocao_464.pdf</t>
   </si>
   <si>
     <t>ESPETINHO E JANTINHA DO SR. JERÔNIMO OTANIEL DA SILVA E FAMÍLIA.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/mocao_465.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/mocao_465.pdf</t>
   </si>
   <si>
     <t>Flávio José de Almeida pelo livro "Versos de menino crescido".</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mocao_466.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mocao_466.pdf</t>
   </si>
   <si>
     <t>Rogério Henrique Alves pelo sucesso frente ao CAP - Clube Atlético Patrocinense, como treinador do time.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/mocao_467.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/mocao_467.pdf</t>
   </si>
   <si>
     <t>Ao adolescente Joaquim Cardoso Ribeiro de Oliveira, pelo seu desempenho precoce no jogo de Xadrez.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mocao_468.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mocao_468.pdf</t>
   </si>
   <si>
     <t>À JAQUELINE ABADIA DA SILVA pela supereminência de seu trabalho como Diretora Clínica do Pronto-Socorro Municipal Terezinha Moreira Marra de Patrocínio - MG.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/mocao_469.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/mocao_469.pdf</t>
   </si>
   <si>
     <t>FERNANDES, FRANÇA E MISAEL ADVOGADOS ASSOCIADOS, pelos relevantes serviços prestados a sociedade, bem como a preocupação com os menos favorecidos</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/mocao_470.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/mocao_470.pdf</t>
   </si>
   <si>
     <t>THELMA LÚCIA FERREIRA DOS ANJOS, pela linda trajetória na educação, como professora e técnica Pedagógica da Superintendência Regional de Ensino de Patrocínio.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/mocao_471.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/mocao_471.pdf</t>
   </si>
   <si>
     <t>Donizete Junis Carvalho Pedrosa pelos 18 anos à frente da Casa de Carnes Grill.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/mocao_472.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/mocao_472.pdf</t>
   </si>
   <si>
     <t>Senhora Heloísa Helena Figueiredo Brandão, pelos 50 anos de funcionamento do Instituto de Beleza Heloísa Figueiredo.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/mocao_473.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/mocao_473.pdf</t>
   </si>
   <si>
     <t>Cerrado Mineiro no Concurso Campeões das Origens Brasileiras em parceria com a Coffee++</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/mocao_474.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/mocao_474.pdf</t>
   </si>
   <si>
     <t>À Secretária Executiva da Secretaria Municipal de Saúde, Lisandra Patrícia Di Lara Ferreira Nunes Reis, pela supereminência nos serviços prestados em nossa cidade.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/mocao_475.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/mocao_475.pdf</t>
   </si>
   <si>
     <t>Terezinha Maria dos Santos Pires, pela construção de uma brilhante carreira de professora, até a aposentadoria, em 2013.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/mocao_476.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/mocao_476.pdf</t>
   </si>
   <si>
     <t>à Zélia de Fátima Pereira Caixeta, pela merecida aposentaria como professora.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/mocao_477.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/mocao_477.pdf</t>
   </si>
   <si>
     <t>Lava-Jato Rodão por completarem 28 anos desempenhando um grande trabalho em nossa cidade.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/mocao_478.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/mocao_478.pdf</t>
   </si>
   <si>
     <t>CONCESSIONÁRIA MOTO MINAS pelo aniversário de 51 anos.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/mocao_479.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/mocao_479.pdf</t>
   </si>
   <si>
     <t>Sr. Renato Massao Inoue, pelo empenho e grande trabalho realizado no escritório da EMATER de Patrocínio.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/mocao_480.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/mocao_480.pdf</t>
   </si>
   <si>
     <t>JOSÉ BATISTA DE SOUZA NETO, por sua notável conquista na defesa de sua tese intitulada "Política Pública como Componente dos Ecossistemas de Empreendedorismo: Desafios da Elaboração e Implementação", realizada na renomada. Fundação Getúlio Vargas (FGV) - EAESP.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/mocao_481.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/mocao_481.pdf</t>
   </si>
   <si>
     <t>Tenente Fábio Soares Machado do Pelotão do Corpo Militar de Minas Gerais em Patrocínio.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/mocao_482.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/mocao_482.pdf</t>
   </si>
   <si>
     <t>Sra. Joslaine Gabriela, pelos excelentes serviços prestados na Comunidade de Brejo do Silvano como Diretora da Escola e membro do Conselho de Desenvolvimento Comunitário</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/mocao_483.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/mocao_483.pdf</t>
   </si>
   <si>
     <t>Sr. Valdeir Marques Coelho, pelos excelentes serviços prestados na Comunidade de Brejo do Silvano como Presidente do Conselho de Desenvolvimento Comunitário.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/mocao_484.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/mocao_484.pdf</t>
   </si>
   <si>
     <t>Sr. Valter Coelho Mendes, pelos excelentes serviços prestados na Comunidade de Brejo do Silvano como Vice-Presidente do Conselho de Desenvolvimento Comunitário</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/mocao_485.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/mocao_485.pdf</t>
   </si>
   <si>
     <t>Sr. Lucas Batista, pelos excelentes serviços prestados na Comunidade de Brejo do Silvano Tesoureiro do Conselho de Desenvolvimento Comunitário.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/mocao_486.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/mocao_486.pdf</t>
   </si>
   <si>
     <t>Sra. Rozaine Queiroz da Silva Mendes; Fernanda Queiroz; Valdeir Ferreira; Sandra Valeria, pelos excelentes serviços prestados na Comunidade de_x000D_
 Brejo do Silvano como cozinheiros, contribuindo com os eventos realizados através do Conselho de Desenvolvimento Comunitário.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/mocao_487.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/mocao_487.pdf</t>
   </si>
   <si>
     <t>Empresa ARMAZÉNS GERAIS LESTE DE MINAS LTDA E AOS SEUS COLABORADORES.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/mocao_488.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/mocao_488.pdf</t>
   </si>
   <si>
     <t>Produtor Rural de Queijo Minas Artesanal Sr. Antônio Lino Rosa.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/mocao_489.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/mocao_489.pdf</t>
   </si>
   <si>
     <t>FENABON (Feira de Negócios Agropecuários da Bom Negócio), em sua 7ª edição.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/mocao_490.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/mocao_490.pdf</t>
   </si>
   <si>
     <t>Ana Paula Silva, pelas conquistas na corrida de rua e pela sua contribuição ao esporte Patrocinense.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/mocao_491.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/mocao_491.pdf</t>
   </si>
   <si>
     <t>Luiz Alberto Ribeiro pelos serviços prestados à sociedade de Patrocinense.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/mocao_492.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/mocao_492.pdf</t>
   </si>
   <si>
     <t>Escola Estadual Dalva Stela de Queiroz pelo 1o lugar na Categoria Ensino Médio na premiação da 1ª Jornada Científica da Rede Pública de Ensino de Patrocínio.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/mocao_493.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/mocao_493.pdf</t>
   </si>
   <si>
     <t>A empresa DENIS MONTAGENS pelos relevantes serviços prestados em Patrocínio e região.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mocao_494.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mocao_494.pdf</t>
   </si>
   <si>
     <t>Ao jovem Eduardo Machado Rezende, pelo sucesso no curso de Ciência da Computação.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/mocao_495.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/mocao_495.pdf</t>
   </si>
   <si>
     <t>Escola Municipal Maria Isabel Queiroz Alves - CAIC pelo 1º lugar na Categoria Ensino Fundamental na premiação da 1ª Jornada Científica da Rede Pública de Ensino de Patrocínio.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/mocoes_496.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/mocoes_496.pdf</t>
   </si>
   <si>
     <t>à Sra. Daniela Aparecida dos Reis, pela posse na data de 31 de agosto de 2023, como Presidente da Associação de Voluntários e Pais dos Autistas de Patrocínio e Região - TEACOLHER, no Município de Patrocínio.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>Paulo César de Lima Júnior - Paulinho Peúca, Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/mocoes_497.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/mocoes_497.pdf</t>
   </si>
   <si>
     <t>Dr. Serlon Silva Santos por idealizar a 1ª Jornada Científica da Rede Pública de Ensino de Patrocínio.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/mocoes_498.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/mocoes_498.pdf</t>
   </si>
   <si>
     <t>À Gabriella Luque, pelo 3º lugar no TCB, maior competição de Crossfit do Brasil.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/mocoes_499.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/mocoes_499.pdf</t>
   </si>
   <si>
     <t>Ao ciclista patrocinense Nicolas Machado, pela participação e conquista do 1º lugar no Campeonato Brasileiro de XCM 2023.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/mocoes_500.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/mocoes_500.pdf</t>
   </si>
   <si>
     <t>A Letícia Borges Marra Soares pela nomeação como Superintendente Regional de Ensino da 29ª SRE.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/mocao_501.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/mocao_501.pdf</t>
   </si>
   <si>
     <t>Ao professor de Educação Física Marcos Antônio da Silva, conhecido como “Pretim” pelos relevantes serviços prestados em Patrocínio.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mocoes_502.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mocoes_502.pdf</t>
   </si>
   <si>
     <t>à jovem Maria Cecília, jogadora de vôlei pelo Clube Al-Nassr, pela conquista da 1ª Liga de Voleibol das Arábias, na Arábia Saudita</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/mocoes_503.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/mocoes_503.pdf</t>
   </si>
   <si>
     <t>a Pedro Batista de Souza pela coordenação do “Projeto de Leitura”, realizado na Escola Estadual José Eduardo de Aquino e Escola Estadual Irmã Gislene.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/mocoes_504.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/mocoes_504.pdf</t>
   </si>
   <si>
     <t>Aos condutores de ambulância do SAMU, do SOS LAR, do Corpo de Bombeiros e da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/mocoes_505.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/mocoes_505.pdf</t>
   </si>
   <si>
     <t>à Fernanda Carolina da Silva, por ter sido eleita como conselheira tutelar.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Paulo César de Lima Júnior - Paulinho Peúca, José Roberto dos Santos - Salitre, Leandro Maximo Caixeta - Leandro Caixeta, Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/mocoes_506.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/mocoes_506.pdf</t>
   </si>
   <si>
     <t>Aos funcionários da Secretaria Municipal de Obras que trabalharam nas obras de canalização e reforma das Avenidas Altino Guimarães e Marciano Pires.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/mocoes_507.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/mocoes_507.pdf</t>
   </si>
   <si>
     <t>à Cleudivan Pereira da Silva Marques, Vânia Cristina de Morais, Priscila Cristina Silva Rocha e Doralice da Silva Pinheiro, pela vitória no pleito para o cargo de Conselheiro Tutelar;</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/mocoes_508.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/mocoes_508.pdf</t>
   </si>
   <si>
     <t>a Arthur Nunes Paiva Borges, pelos três anos de atuação do escritório de arquitetura Studio Arthur Borges, e pelos valiosos trabalhos prestados à sociedade patrocinense.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/mocoes_509.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/mocoes_509.pdf</t>
   </si>
   <si>
     <t>a Lucas Lucco, pelo sucesso como ator do filme Rodeio Rock.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/mocoes_510.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/mocoes_510.pdf</t>
   </si>
   <si>
     <t>Aos funcionários da DAEPA, que trabalharam nas obras de canalização e reforma das Avenidas Altino Guimarães e Marciano Pires.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/mocoes_511.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/mocoes_511.pdf</t>
   </si>
   <si>
     <t>Aos funcionários da SESTRAN, que trabalharam nas obras de canalização e reforma das Avenidas Altino Guimarães e Marciano Pires.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/mocoes_512.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/mocoes_512.pdf</t>
   </si>
   <si>
     <t>aos funcionários da SESTRAN, que trabalharam nas obras de canalização e reforma das Avenidas Altino Guimarães e Marciano Pires.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/mocoes_513.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/mocoes_513.pdf</t>
   </si>
   <si>
     <t>Ao atleta João Lukas, pela conquista do cinturão -73kg, no Souza Combat MMA MV.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/mocoes_514.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/mocoes_514.pdf</t>
   </si>
   <si>
     <t>Aos senhores Alex Guimarães Machado, Pastor Charles Magno Geovane Araújo, Santhyago de Carvalho Simeão e Vinícius Jorge de Sousa Castro, pela idealização do PACE - Posto Avançado de Coleta Externa de Sangue- Hemominas.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mocoes_515.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mocoes_515.pdf</t>
   </si>
   <si>
     <t>à Gamela Espaço Casa, pelos 10 anos de comércio em Patrocínio.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mocoes_516.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mocoes_516.pdf</t>
   </si>
   <si>
     <t>Ao Patrocínio Tênis Clube, pela conquista de 46 medalhas na 5ª fase da XIV Copa Minas de Natação.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/mocoes_517.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/mocoes_517.pdf</t>
   </si>
   <si>
     <t>à REDMAQ Minas – Massey Ferguson, pela instalação da sede em Patrocínio.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/mocoes_518.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/mocoes_518.pdf</t>
   </si>
   <si>
     <t>ao Grupo Mistura Boa, pelas excelentes apresentações em Patrocínio.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/mocoes_519.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/mocoes_519.pdf</t>
   </si>
   <si>
     <t>Aos influencers digitais Aline Alves, Amanda Martins, Amanda Cristina, Bianca Leão, Bianca Resende França, Camila Roza, Fabrício Ferreira, Francielly dos Reis, Giovanna Nayara, Guilherme Ghirardelli, Henrique Martins, Ingra Casagrande, Isabel Alves, Josiane Moura, Júnia Dornelas, Karolyna Côrrea, Luana Pizetti, Luiza Lima, Mayra Couto, Rafaella Filipe, Tatiana Landim, Tatiany Ferreira e Thainara Gonçalves; pela união de esforços com intuito de realizar importante ação social, visando contemplar entidades assistenciais de Patrocínio.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/mocao_520.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/mocao_520.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Maliê - Moda Feminina.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/mocoes_521.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/mocoes_521.pdf</t>
   </si>
   <si>
     <t>Tatiana Souza pela sua brilhante trajetória de vida e pelo trabalho em prol das causas pretas.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocoes_522.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocoes_522.pdf</t>
   </si>
   <si>
     <t>Marcela Magalhães, pela notoriedade que têm alcançado como apresentadora de tv e sucesso na luta na defesa dos direitos das mulheres.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/mocoes_523.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/mocoes_523.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a equipe atual do Tático Móvel de Patrocínio da Polícia Militar pelo excelente trabalho que vem sendo realizado.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/mocoes_524.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/mocoes_524.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à jornalista PATRÍCIA FONSECA, pela grande mulher e profissional que se destaca positivamente em todos os setores que presta serviços, trazendo divisas ao Município e engrandecendo as mulheres de nossa Patrocínio.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>Alexandre Vitor Castro da Cruz - Prof. Alexandre, Francisca Carneiro dos Santos - Chiquita</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/mocoes_525.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/mocoes_525.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Sra Helena Alves Pires Nunes, por seu trabalho na Casa da Cultura na cidade de Patrocínio/MG.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/mocoes_526.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/mocoes_526.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao “CENTRO ESPORTIVO CAMISA 10” pela comemoração do aniversário de 20 anos.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/mocoes_527.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/mocoes_527.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr Thiago Batista de Almeida, Coordenador do Costelão do Rotary Brumado.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/mocoes_528.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/mocoes_528.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Sr Mário Corrêa Filho, Presidente do Rotary Brumado.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/mocoes_529.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/mocoes_529.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à arquiteta e designer Jéssica Júnia Machado, proprietária da ARQUÊ Arquitetura e Interiores, pela excelência e qualidade na prestação de serviços em arquitetura, na cidade de Patrocínio.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/mocoes_530.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/mocoes_530.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao JOSEPIO LOUNGE BAR pelo excelente atendimento aos clientes e por investir em nossa cidade.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/mocoes_531.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/mocoes_531.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos - João Paulo Silva - DJ Jotape, pelos relevantes serviços prestados na_x000D_
 área do entretenimento como DJ.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>LM</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/l_5564_2023-balancas_para_os_hospedes_pesarem_as_bagagens.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/l_5564_2023-balancas_para_os_hospedes_pesarem_as_bagagens.pdf</t>
   </si>
   <si>
     <t>DETERMINA QUE ALOJAMENTOS, HOTÉIS, POUSADAS E ESTABELECIMENTOS CONGÊNERES, LOCALIZADOS NO MUNICÍPIO DE PATROCÍNIO/MG, DISPONIBILIZEM GRATUITAMENTE BALANÇAS  PARA OS HÓSPEDES PESAREM AS BAGAGENS.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/l_5568_2023-vetores_e_pragas_urbanas.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/l_5568_2023-vetores_e_pragas_urbanas.pdf</t>
   </si>
   <si>
     <t>CRIA A SEMANA DE CONSCIENTIZAÇÃO SOBRE A IMPORTÂNCIA DO CONTROLE DE VETORES E PRAGAS URBANAS NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>Paulo Roberto dos Santos - Panxita, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/l_5571_2023-jose_de_matos_-_negrinho_de_matos.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/l_5571_2023-jose_de_matos_-_negrinho_de_matos.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “JOSÉ DE MATOS – NIGRINHO DE MATOS” A PRAÇA DA SAÚDE LOCALIZADA NO BAIRRO SÃO VICENTE, MUNICÍPIO DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/l_5572_2023-normas_de_limpeza_de_terrenos_e_lotes.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/l_5572_2023-normas_de_limpeza_de_terrenos_e_lotes.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 4.828 DE 23 DE MARÇO DE 2016, QUE DISCIPLINA NORMAS DE LIMPEZA DE TERRENOS E LOTES EDIFICADOS OU NÃO, PÚBLICOS, PRIVADOS, MISTOS E REVOGA A LEI Nº 4.556/2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/l_5573_2023-presenca_de_doulas.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/l_5573_2023-presenca_de_doulas.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUE MATERNIDADES, CASAS DE PARTO E ESTABELECIMENTOS HOSPITALARES CONGÊNERES, DA REDE PÚBLICA E PRIVADA DE PATROCÍNIO FICAM OBRIGADOS A PERMITIR A PRESENÇA DE DOULAS DURANTE TODO O PERÍODO DE TRABALHO DE PARTO, PARTO E PÓS-PARTO IMEDIATO, SEMPRE QUE SOLICITADAS PELA PARTURIENTE.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/l_5574_2023-organizacoes_sociais_de_assistencia_social.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/l_5574_2023-organizacoes_sociais_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE EXPOSIÇÃO DE INFORMAÇÕES SOBRE OS SERVIÇOS PRESTADOS PELAS ORGANIZAÇÕES SOCIAIS DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/l_5575_2023-equipamentos_eletronicos.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/l_5575_2023-equipamentos_eletronicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PRAZO PARA A RETIRADA PELO PROPRIETÁRIO, DE EQUIPAMENTOS ELETRÔNICOS, MÁQUINAS E MOTORES ENTREGUES AOS PRESTADORES DE SERVIÇOS DE ASSISTÊNCIA TÉCNICA EM PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/l_5576_2023-colar_de_girassol.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/l_5576_2023-colar_de_girassol.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR DE ORIENTAÇÃO PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/l_5577_2023-denomina_de_luiza_pereira_da_cunha.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/l_5577_2023-denomina_de_luiza_pereira_da_cunha.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LUIZA PEREIRA DA CUNHA, O LOGRADOURO PÚBLICO NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>Eliane Ferreira Nunes - Eliane Nunes, Leandro Maximo Caixeta - Leandro Caixeta</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/l_5578_2023-corporacao_musical_abel_ferreira.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/l_5578_2023-corporacao_musical_abel_ferreira.pdf</t>
   </si>
   <si>
     <t>DECLARA A CORPORAÇÃO MUSICAL ABEL FERREIRA COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE PATROCÍNIO/MG</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/l_5579_2023-feiras_livres.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/l_5579_2023-feiras_livres.pdf</t>
   </si>
   <si>
     <t>DEFINE NO ÂMBITO MUNICIPAL, AS FEIRAS LIVRES DO PRODUTOR DE PATROCÍNIO/MG COMO PATRIMÔNIO IMATERIAL DE NATUREZA CULTURAL HISTÓRICO.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>Paulo César de Lima Júnior - Paulinho Peúca, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/l_5582_2023-atleta_paralimpico.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/l_5582_2023-atleta_paralimpico.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA E O MÊS MUNICIPAL DO ATLETA PARALÍMPICO.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/l_5583_2023-servicos_notariais.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/l_5583_2023-servicos_notariais.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A INSTITUIÇÃO DE BOAS PRÁTICAS EM SERVIÇOS NOTARIAIS PARA A POPULAÇÃO LGBTQIA+ DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/l_5584_2023-lampadas_de_led.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/l_5584_2023-lampadas_de_led.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DE SUBSTITUIÇÃO GRADATIVA DAS LÂMPADAS DOS POSTES DE ILUMINAÇÃO DAS VIAS PÚBLICAS POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/l_5586_2023-joao_domingos_geraldo.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/l_5586_2023-joao_domingos_geraldo.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “JOÃO DOMINGOS GERALDO”, O LOGRADOURO PÚBLICO QUE ESPECIFICA NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/l_5587_2023-iraci_dias_damasceno.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/l_5587_2023-iraci_dias_damasceno.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “IRACI DIAS DAMASCENO”, O LOGRADOURO PÚBICO QUE ESPECIFICA NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/l_5588_2023-helio_caixeta_nunes.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/l_5588_2023-helio_caixeta_nunes.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “HÉLIO CAIXETA NUNES”, O LOGRADOURO PÚBICO QUE ESPECIFICA NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/l_5589_2023-naise_lara_de_souza_oliveira.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/l_5589_2023-naise_lara_de_souza_oliveira.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “NAISE LARA DE SOUZA OLIVEIRA”, A ÁREA DE CONVIVÊNCIA DO CENTRO ESPORTIVO LUIZ ALBERTO MARQUES, EM PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/l_5590_2023-retirada_pelo_proprietario_de_objetos.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/l_5590_2023-retirada_pelo_proprietario_de_objetos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PRAZO PARA A RETIRADA PELO PROPRIETÁRIO DE OBJETOS DEIXADOS EM ATELIÊ DE COSTURA, SAPATARIA E CONGÊNERES, BEM COMO OFICINAS ESPECIALIZADAS NO CONSERTO E MANUTENÇÃO DE BICICLETAS, NO ÂMBITO DE MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/l_5591_2023-cameras_de_monitoramento_de_seguranca.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/l_5591_2023-cameras_de_monitoramento_de_seguranca.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/l_5592_2023-dia_e_horario_das_reunioes_dos_conselhos_municipais.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/l_5592_2023-dia_e_horario_das_reunioes_dos_conselhos_municipais.pdf</t>
   </si>
   <si>
     <t>DETERMINA A AFIXAÇÃO NO SITE DA PREFEITURA MUNICIPAL DE PATROCÍNIO DE PATROCÍNIO DE DIA E HORÁRIO DAS REUNIÕES DOS CONSELHOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Adriana Fátima Paula Magalhães - Adriana de Paula, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/l_5593_2023-endereco_e_horarios_de_funcionamento_da_defensoria_publica.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/l_5593_2023-endereco_e_horarios_de_funcionamento_da_defensoria_publica.pdf</t>
   </si>
   <si>
     <t>DETERMINA A AFIXAÇÃO DO ENDEREÇO E HORÁRIOS DE FUNCIONAMENTO DA DEFENSORIA PÚBLICA EM LOCAIS DE ACESSO PÚBLICO EM PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/l_5594_2023-boletins_informativos_dos_casos_de_arboviroses.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/l_5594_2023-boletins_informativos_dos_casos_de_arboviroses.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS BOLETINS INFORMATIVOS DOS CASOS DE ARBOVIROSES TRANSMITIDAS PELO MOSQUITO AEDES AEGYPTI NO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>Thiago Oliveira Malagoli - Thiago Malagoli, Adriana Fátima Paula Magalhães - Adriana de Paula, Paulo César de Lima Júnior - Paulinho Peúca</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/l_5595_2023-atendimento_aos_portadores_de_doenca_renal.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/l_5595_2023-atendimento_aos_portadores_de_doenca_renal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRIORIDADE DE ATENDIMENTO AOS PORTADORES DE DOENÇA RENAL E QUELES QUE UTILIZAM BOLSA DE COLOSTOMIA, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/l_5601_2023-instalacao_de_cameras_de_monitoramento.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/l_5601_2023-instalacao_de_cameras_de_monitoramento.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO DE SEGURANÇA NAS ESCOLAS E CRECHES DA REDE PÚBLICA DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/l_5602_2023-condicoes_estruturais.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/l_5602_2023-condicoes_estruturais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INFORMAÇÕES SOBRE AS CONDIÇÕES ESTRUTURAIS DAS UNIDADES ESCOLARES DA REDE PÚBLICA MUNICIPAL DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/l_5603_2023-rafael_sebastiao_dos_reis.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/l_5603_2023-rafael_sebastiao_dos_reis.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RAFAEL SEBASTIÃO DOS REIS O SAGUÃO DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX, E REVOGA A LEI Nº 5.407 DE 14 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/l_5604_2023-lara_junia_nascimento_reis.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/l_5604_2023-lara_junia_nascimento_reis.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LARA JUNIA NASCIMENTO REIS O ESPAÇO FITNESS DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX, E REVOGA A LEI Nº 5.466 DE 14 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/l_5605_2023-elza_maria_ferreira.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/l_5605_2023-elza_maria_ferreira.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ELZA MARIA FERREIRA A ÁREA DA PISCINA DO CENTRO DE ESPORTES GASPAR FRANCISCO FÉLIX, E REVOGA A LEI Nº 5.386 DE 23 DE DEZEMBRO DE 2021</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>Ricardo Antoni Rodrigues - Ricardo Balila, Natanael Oliveira Diniz - Natanael Diniz</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/l_5606_2023-joao_adao_de_brito.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/l_5606_2023-joao_adao_de_brito.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOÃO ADÃO DE BRITO A QUADRA DA ESCOLA MUNICIPAL CONCEIÇÃO ELÓI DOS SANTOS NO MUNICÍPIO DE PATROCÍNIO-MG.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>Leandro Maximo Caixeta - Leandro Caixeta, Adriana Fátima Paula Magalhães - Adriana de Paula, Alexandre Vitor Castro da Cruz - Prof. Alexandre, Carlos Alberto Silva - Carlão, Florisvaldo José de Souza - Valtinho do Jandaia, Francisca Carneiro dos Santos - Chiquita, José Roberto dos Santos - Salitre, Natanael Oliveira Diniz - Natanael Diniz, Odirlei José de Magalhães - Odirlei Magalhães, Paulo César de Lima Júnior - Paulinho Peúca, Paulo Roberto dos Santos - Panxita, Raquel Aparecida Rezende - Raquel, Ricardo Antoni Rodrigues - Ricardo Balila, Roberto Margari de Souza - Roberto Margari, Thiago Oliveira Malagoli - Thiago Malagoli</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/l_5609_2023-tarifas_de_esgoto.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/l_5609_2023-tarifas_de_esgoto.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 5.557 QUE DISPÕE SOBRE A ATUALIZAÇÃO E FIXAÇÃO DAS TARIFAS DE ESGOTO NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
     <t>José Roberto dos Santos - Salitre, Florisvaldo José de Souza - Valtinho do Jandaia, Natanael Oliveira Diniz - Natanael Diniz, Odirlei José de Magalhães - Odirlei Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/l_5612_2023-interior_de_logradouros_publicos.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/l_5612_2023-interior_de_logradouros_publicos.pdf</t>
   </si>
   <si>
     <t>VEDA A DENOMINAÇÃO DE ESPAÇOS NO INTERIOR DE LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/l_5613_2023-regina_lucia_dias.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/l_5613_2023-regina_lucia_dias.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE REGINA LUCIA DIAS A QUADRA DE ESPORTES DA ESCOLA MUNICIPAL PROFESSORA CÉLIA LEMOS NO BAIRRO BOA ESPERANÇA, EM PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Alexandre Vitor Castro da Cruz - Prof. Alexandre</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/l_5616_2023-_beato_padre_eustaquio.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/l_5616_2023-_beato_padre_eustaquio.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE DEVOÇÃO EM MEMÓRIA DO BEATO PADRE EUSTÁQUIO – SEMEADOR DA SAÚDE E DA PAZ.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/l_5617_2023-congadeiro_e_da_congadeira.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/l_5617_2023-congadeiro_e_da_congadeira.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE PATROCÍNIO O DIA MUNICIPAL DO CONGADEIRO E DA CONGADEIRA.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/l_5622_2023-catracas_e_portas_com_detectores_de_metais.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/l_5622_2023-catracas_e_portas_com_detectores_de_metais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CATRACAS E PORTAS COM DETECTORES DE METAIS NAS ENTRADAS DAS ESCOLAS E CENTROS DE EDUCAÇÃO INFANTIL DA REDE MUNICIPAL DE ENSINO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/l_5623_2023-associacao_kalungar.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/l_5623_2023-associacao_kalungar.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO KALUNGAR.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/l_5625_2023-vants.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/l_5625_2023-vants.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE VEÍCULOS AÉREOS NÃO TRIPULADOS (VANT’S) NAS AÇÕES DE COMBATE AO MOSQUITO AEDES AEGYPTI</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/l_5628_2023-maio_furta-cor.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/l_5628_2023-maio_furta-cor.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO CALENDÁRIO DE EVENTOS OFICIAIS, O MÊS “MAIO FURTA-COR”, DEDICADO À AÇÕES DE INCENTIVO AO CUIDADO E PROMOÇÃO DA SAÚDE MENTAL MATERNA, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Paulo César de Lima Júnior - Paulinho Peúca</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/l_5629_2023-batalhas_de_rimas_aos_saraus_e_aos_slams.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/l_5629_2023-batalhas_de_rimas_aos_saraus_e_aos_slams.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE INCENTIVO ÀS BATALHAS DE RIMAS, AOS SARAUS E AOS SLAMS.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/l_5630_2023-construcao_de_calcadas_para_familias_de_baixa_renda.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/l_5630_2023-construcao_de_calcadas_para_familias_de_baixa_renda.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE CONSTRUÇÃO DE CALÇADAS PARA FAMÍLIAS DE BAIXA RENDA NO MUNICÍPIO DE PATROCÍNIO-MG (MUTIRÃO DAS CALÇADAS).</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/l_5634_2023-joaquim_constantino_neto.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/l_5634_2023-joaquim_constantino_neto.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO HISTÓRICO MATERIAL E CULTURAL DO MUNICÍPIO DE PATROCÍNIO O ESPAÇO CULTURAL JOAQUIM CONSTANTINO NETO.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/l_5635_2023-direito_de_preferencia.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/l_5635_2023-direito_de_preferencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DO DIREITO DE PREFERÊNCIA DAS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA À MATRÍCULA E À TRANSFERÊNCIA DOS FILHOS, OU DE CRIANÇAS E ADOLESCENTES SOB SUA GUARDA, NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/l_5639_2023-_motoristas_de_aplicativos_taxistas_e_motoristas_de_transporte_coletivo.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/l_5639_2023-_motoristas_de_aplicativos_taxistas_e_motoristas_de_transporte_coletivo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE QUE OS MOTORISTAS DE APLICATIVOS, TAXISTAS E MOTORISTAS DE TRANSPORTE COLETIVO DE PATROCÍNIO ACIONEM SOCORRO PARA PASSAGEIROS E PASSAGEIRAS QUE ESTIVEREM EM SITUAÇÃO DE EMERGÊNCIA OU DE VULNERABILIDADE.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/l_5640_2023-localizacao_de_todas_as_vagas_de_estacionamento.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/l_5640_2023-localizacao_de_todas_as_vagas_de_estacionamento.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE DISPONIBILIZAR NO SITE DA PREFEITURA MUNICIPAL DE PATROCÍNIO A LOCALIZAÇÃO DE TODAS AS VAGAS DE ESTACIONAMENTO PARA PESSOAS COM DEFICIÊNCIA E IDOSOS.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/l_5641_2023-semana_da_familia.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/l_5641_2023-semana_da_familia.pdf</t>
   </si>
   <si>
     <t>CRIA A SEMANA DA FAMÍLIA A SER REALIZADA PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO EM TODAS AS ESCOLAS E CENTROS DE EDUCAÇÃO INFANTIL MUNICIPAL DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/l_5642_2023-direitos_dos_doadores_de_sangue.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/l_5642_2023-direitos_dos_doadores_de_sangue.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS DIREITOS DOS DOADORES DE SANGUE NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/l_5643_2023-toda_mulher_a_ter_acompanhante.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/l_5643_2023-toda_mulher_a_ter_acompanhante.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO DE TODA MULHER A TER ACOMPANHANTE, PESSOA DE SUA ESCOLHA, NAS CONSULTAS E EXAMES, INCLUSIVE OS GINECOLÓGICOS, NOS ESTABELECIMENTOS PÚBLICOS E PRIVADOS DE SAÚDE DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/l_5644_2023-assedio_moral_e_sexual.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/l_5644_2023-assedio_moral_e_sexual.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MEDIDAS DE CONSCIENTIZAÇÃO, COMBATE E INFORMAÇÃO SOBRE O ASSÉDIO MORAL E SEXUAL NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/l_5648_2023-retinoblastoma.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/l_5648_2023-retinoblastoma.pdf</t>
   </si>
   <si>
     <t>INSTITUI CAMPANHA DE CONSCIENTIZAÇÃO E INCENTIVO AO DIAGNÓSTICO PRECOCE DO RETINOBLASTOMA, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/l_5649_2023-combate_a_violencia_politica.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/l_5649_2023-combate_a_violencia_politica.pdf</t>
   </si>
   <si>
     <t>CRIA O DIA MUNICIPAL DE COMBATE À VIOLÊNCIA POLÍTICA, NO ÂMBITO DO MUNICÍPIO DE PATROCÍNIO/MG.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Adriana Fátima Paula Magalhães - Adriana de Paula</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/l_5652_2023-isencao_do_pagamento_de_passagem.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/l_5652_2023-isencao_do_pagamento_de_passagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE PASSAGEM EM TRANSPORTE COLETIVO URBANO PARA GESTANTES NO MUNICÍPIO DE PATROCÍNIO/MG” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Lei Complementar</t>
   </si>
   <si>
     <t>Natanael Oliveira Diniz - Natanael Diniz, Adriana Fátima Paula Magalhães - Adriana de Paula, Carlos Alberto Silva - Carlão, Florisvaldo José de Souza - Valtinho do Jandaia, Leandro Maximo Caixeta - Leandro Caixeta, Paulo César de Lima Júnior - Paulinho Peúca, Raquel Aparecida Rezende - Raquel, Ricardo Antoni Rodrigues - Ricardo Balila, Roberto Margari de Souza - Roberto Margari</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/lc_229_2023.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/lc_229_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO III DO ARTIGO 142 DA LEI COMPLEMENTAR NÚMERO 133/2014 QUE DISPÕE SOBRE O CÓDIGO DE EDIFICAÇÕES E OBRAS DO MUNICÍPIO DE PATROCÍNIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/lc_233_2023.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/lc_233_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 40/2006, QUE DISPÕE SOBRE O SISTEMA TRIBUTÁRIO MUNICIPAL E AS NORMAS GERAIS DE DIREITO TRIBUTÁRIO APLICÁVEL NO MUNICÍPIO DE PATROCÍNIO.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_no_28-2023.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Solicita realização de Audiência Pública para discussão do tema: "A Construção do Aterro Sanitário na região de São João da Serra Negra"</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_29.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_29.pdf</t>
   </si>
   <si>
     <t>Construção do Pontilhão no início da Avenida dos Bálsamos cruzando com a Avenida José Amando de Queiroz, nos dois sentidos (indo e voltando), no _x000D_
 bairro Morada Nova</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_30.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_30.pdf</t>
   </si>
   <si>
     <t>Construção de cobertura parte da área livre da UBS (Unidade Básica de Saúde) situada no bairro Morada Nova para a prática de atividades físicas para as pessoas da melhor idade (3ª idade).</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/requerimento_31.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/requerimento_31.pdf</t>
   </si>
   <si>
     <t>A diminuição dos canteiros centrais da Avenida dos Bálsamos e da Avenida das Cerejeiras, no bairro Morada Nova.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_32.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_32.pdf</t>
   </si>
   <si>
     <t>A cobertura da quadra de futsal da Praça Abrão Abdallah Daura, situada no bairro Morada Nova</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_33.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_33.pdf</t>
   </si>
   <si>
     <t>A denominação da Sra. Maria da Conceição Soares de Melo (Maria Soares), em uma das escolas que foram municipalizadas recentemente em nosso município.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/requerimento_34.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/requerimento_34.pdf</t>
   </si>
   <si>
     <t>A troca de lâmpadas por tecnologia LED dos 198 postes das respectivas Avenidas dos Bálsamos, Jacarandás e Cerejeiras situadas no bairro Morada Nova.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/mocao_de_repudio.pdf</t>
+    <t>http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/mocao_de_repudio.pdf</t>
   </si>
   <si>
     <t>Ao Vereador Marcos Bandeira da cidade de Pombal/PB, por ter acusado os professores brasileiros de não fazerem nada.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8558,67 +8558,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_1484.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_1485.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_1486.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_1487.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_1488.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_1489.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_1490.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_1491.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_1492.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_1493.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_1494.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_1495.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_1496.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_1497.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_1498.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_1499.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_1500.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_1501.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_1502.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_1503.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_1504.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_1505.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_1506.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_1507.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_1508.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_1509.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_1510.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_1511.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_1512.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_1513.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_1514.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_1515.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_1516.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_1517.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_1518.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_1519.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_1520.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_1521.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_1522.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_1523.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_1524.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/indicacao_1525.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/indicacao_1526.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_1527.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_1528.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/indicacao_1529.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/indicacao_1530.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_1531.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_1532.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_1533.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_1534.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/indicacao_1535.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_1536.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_1537.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_1538.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_1539.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_1540.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/indicacao_1541.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/indicacao_1542.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/indicacao_1543.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/indicacao_1544.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_1545.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_1546.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_1547.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/indicacao_1548.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/indicacao_1549.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_1550.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/indicacao_1551.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_1552.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/indicacao_1553.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_1554.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/indicacao_1555.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/indicacao_1556.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/indicacao_1557.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/indicacao_1558.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_1559.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_1560.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_1561.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_1562.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_1563.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_1564.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_1565.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_1566.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_1567.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_1568.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_1569.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_1570.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_1571.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_1572.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_1573.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_1574.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_1575.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_1576.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_1577.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_1578.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_1579.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_1580.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_1581.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_1582.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_1583.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_1584.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_1586.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_1586.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_1587.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_1588.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_1589.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_1590.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_1591.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_1592.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_1593.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_1594.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_1595.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_1596.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_1597.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_1598.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_1599.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_1600.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_1601.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_1602.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_1603.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_1604.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1895/indicacao_1605.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1896/indicacao_1606.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1897/indicacao_1607.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_1608.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_1609.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_1610.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacao_1611.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacao_1612.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_1613.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_1614.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_1615.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_1616.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_1617.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_1618.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacao_1619.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao_1620.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao_1621.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao_1622.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao_1623.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao_1624.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao_1625.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/indicacao_1626.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/indicacao_1627.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/indicacao_1628.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/indicacao_1629.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/indicacao_1630.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/indicacao_1631.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/indicacao_1632.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/indicacao_1633.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/indicacao_1634.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/indicacao_1635.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_1636.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_1637.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_1638.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_1639.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_1640.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_1641.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_1642.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_1643.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_1644.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_1645.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_1646.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_1647.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_1648.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_1649.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_1650.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_1651.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_1652.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_1653.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_1654.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao_1655.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao_1656.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao_1657.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao_1658.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao_1659.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao_1660.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao_1661.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao_1662.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao_1663.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/indicacao_1664.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/indicacao_1665.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/indicacao_1666.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/indicacao_1667.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/indicacao_1668.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/indicacao_1669.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/indicacao_1670.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/indicacao_1671.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/indicacao_1672.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/indicacao_1673.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/indicacao_1674.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/indicacao_1675.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/indicacao_1676.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/indicacao_1677.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/indicacao_1678.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/indicacao_1679.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/indicacao_1680.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/indicacao_1681.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/indicacao_1682.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/indicacao_1683.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/indicacao_1684.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/indicacao_1685.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/indicacao_1686.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/indicacao_1687.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/indicacao_1688.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_1689.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_1690.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao_1691.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_1692.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_1693.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao_1694.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao_1694.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao_1696.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao_1697.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao_1698.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_1699.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao_1700.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao_1701.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao_1702.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/indicacao_1703.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/indicacao_1704.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/indicacao_1705.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/indicacao_1706.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/indicacao_1707.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/indicacao_1709.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/indicacao_1710.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/indicacao_1711.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/indicacao_1712.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/indicacao_1713.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/indicacao_1714.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/indicacao_1715.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/indicacao_1716.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/indicacao_1717.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/indicacao_1718.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/indicacao_1719.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_1720.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao_1721.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao_1722.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao_1723.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao_1724.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/indicacao_1725.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/indicacao_1726.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/indicacao_1727.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/indicacao_1728.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/indicacao_1729.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/indicacao_1730.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/indicacao_1731.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/indicacao_1732.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao_1733.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao_1734.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao_1735.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao_1736.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao_1737.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao_1738.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao_1739.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao_1740.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacao_1741.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacao_1742.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacao_1743.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacao_1744.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacao_1745.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_1746.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_1747.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacao_1748.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacao_1749.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacao_1750.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacao_1751.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacao_1752.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacao_1753.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao_1754.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao_1755.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao_1756.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_1757.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/indicacao_1758.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/indicacao_1759.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_1760.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/indicacao_1761.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/indicacao_1762.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/indicacao_1763.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/indicacao_1764.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/indicacao_1765.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/indicacao_1766.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/indicacao_1767.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/indicacao_1768.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/indicacao_1769.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/indicacao_1770.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/indicacao_1771.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/indicacao_1772.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_1773.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao_1774.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/indicacao_1775.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/indicacao_1776.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/indicacao_1777.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/indicacao_1778.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/indicacao_1779.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/indicacao_1780.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/indicacao_1781.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/indicacao_1782.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/indicacao_1783.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/indicacao_1784.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacao_1785.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/indicacao_1786.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao_1787.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacao_1788.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/indicacao_1789.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/indicacao_1790.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/indicacao_1791.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/indicacao_1792.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/indicacao_1793.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/indicacao_1794.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_1795.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/indicacao_1796.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/indicacao_1797.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/indicacao_1798.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/indicacao_1799.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/indicacao_1800.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/indicacoes_1801.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/indicacoes_1802.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/indicacoes_1803.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/indicacoes_1804.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/indicacoes_1805.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/indicacoes_1806.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacoes_1807.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/indicacoes_1808.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/indicacoes_1809.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/indicacoes_1810.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/indicacoes_1811.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/indicacoes_1812.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/indicacoes_1813.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/indicacoes_1814.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/indicacoes_1815.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/indicacoes_1816.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/indicacoes_1817.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/indicacoes_1818.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/indicacoes_1819.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/indicacoes_1820.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacoes_1821.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacoes_1822.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/indicacoes_1823.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacoes_1824.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/indicacoes_1825.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacoes_1826.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/indicacoes_1827.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/indicacoes_1828.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/indicacoes_1829.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/indicacoes_1830.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/indicacoes_1831.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/indicacoes_1832.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/indicacoes_1833.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/indicacoes_1834.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/indicacoes_1835.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/indicacoes_1836.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacoes_1837.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacoes_1838.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacoes_1839.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/indicacoes_1840.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/indicacoes_1841.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/indicacoes_1842.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/indicacoes_1843.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/indicacoes_1844.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/indicacoes_1845.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/indicacoes_1846.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/indicacoes_1847.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/indicacoes_1848.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/indicacoes_1849.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/indicacoes_1850.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/indicacoes_1851.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/indicacoes_1852.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/indicacoes_1853.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/indicacoes_1854.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/indicacoes_1855.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacoes_1856.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/indicacoes_1857.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/indicacoes_1858.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/indicacoes_1859.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/indicacoes_1860.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/indicacoes_1861.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/indicacoes_1862.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/indicacoes_1863.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/indicacoes_1864.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/indicacoes_1865.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/indicacoes_1866.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/indicacoes_1867.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/indicacoes_1868.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/indicacoes_1869.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/indicacoes_1870.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/indicacoes_1871.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/indicacoes_1872.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/indicacoes_1873.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/indicacoes_1874.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/indicacoes_1875.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/indicacoes_1876.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/indicacoes_1877.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/indicacoes_1878.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/indicacoes_1879.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/indicacoes_1880.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacoes_1881.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/indicacoes_1882.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/indicacoes_1883.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/indicacoes_1884.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/indicacoes_1885.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/indicacoes_1886.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/indicacoes_1887.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/indicacoes_1888.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/indicacoes_1889.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/indicacoes_1890.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/indicacoes_1891.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/indicacoes_1893.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/indicacoes_1893.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/indicacoes_1894.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/indicacoes_1895.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/indicacoes_1896.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/indicacoes_1897.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/indicacoes_1898.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/indicacoes_1899.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/indicacoes_1900.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/indicacoes_1901.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/indicacoes_1902.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/indicacoes_1903.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/indicacoes_1904.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/indicacoes_1905.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/indicacoes_1906.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/indicacoes_1907.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/indicacoes_1908.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacoes_1909.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/indicacoes_1910.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/indicacoes_1911.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacoes_1912.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/indicacoes_1913.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacoes_1914.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacoes_1915.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/indicacoes_1916.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/indicacoes_1917.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/indicacoes_1918.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/indicacoes_1919.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacoes_1920.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/indicacoes_1921.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/indicacoes_1922.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/indicacoes_1923.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/indicacoes_1924.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/indicacoes_1925.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/indicacoes_1926.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/indicacoes_1927.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/indicacoes_1928.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/indicacoes_1929.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/indicacoes_1930.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/indicacoes_1931.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/indicacoes_1932.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/indicacoes_1933.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/indicacoes_1934.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/indicacoes_1935.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/indicacoes_1936.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/indicacoes_1937.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/indicacoes_1938.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/indicacoes_1939.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/indicacoes_1940.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/indicacoes_1941.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/indicacoes_1942.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/indicacoes_1943.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/indicacoes_1944.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/indicacoes_1945.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/indicacoes_1946.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/indicacoes_1947.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/indicacoes_1948.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/indicacoes_1949.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/indicacoes_1950.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/indicacoes_1951.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/indicacoes_1952.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/indicacoes_1953.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/indicacoes_1954.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/indicacoes_1955.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/indicacoes_1956.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/indicacoes_1957.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/indicacoes_1958.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/indicacoes_1959.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/indicacoes_1960.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/indicacoes_1961.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/indicacoes_1962.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/indicacoes_1963.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/indicacoes_1964.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/indicacoes_1965.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/indicacoes_1966.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/indicacoes_1967.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/indicacoes_1968.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/indicacoes_1969.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/indicacoes_1970.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/indicacoes_1971.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/indicacoes_1972.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/indicacoes_1973.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/indicacoes_1974.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/indicacoes_1975.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/indicacoes_1976.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/indicacoes_1978.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/indicacoes_1978.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/indicacoes_1979.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/indicacoes_1980.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/indicacoes_1981.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2010/mocao_399.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2011/mocao_400.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_401.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2015/mocao_402.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2016/mocao_403.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2017/mocao_404.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/mocao_405.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/mocao_406.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/mocao_407.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/mocao_408.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/mocao_409.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/mocao_410.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/mocao_411.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/mocao_412.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/mocao_413.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/mocao_414.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/mocao_415.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/mocao_416.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/mocao_417.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/mocao_418.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/mocao_419.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2040/mocao_420.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/mocao_421.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/mocao_422.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/mocao_423.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/mocao_424.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mocao_425.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mocao_426.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/mocao_427.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/mocao_428.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mocao_429.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/mocao_430.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/mocao_431.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mocao_432.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mocao_433.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/mocao_434.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/mocao_435.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mocao_436.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/mocao_437.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/mocao_438.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_439.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/mocao_440.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/mocao_441.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/mocao_442.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mocao_443.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/mocao_444.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/mocao_445.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/mocao_446.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/mocao_447.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/mocao_448.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/mocao_449.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/mocao_450.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_451.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_452.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/mocao_453.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/mocao_454.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mocao_455.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_456.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/mocao_457.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/mocao_458.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/mocao_459.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/mocao_460.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/mocao_461.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/mocao_462.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/mocao_463.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/mocao_464.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/mocao_465.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mocao_466.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/mocao_467.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mocao_468.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/mocao_469.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/mocao_470.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/mocao_471.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/mocao_472.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/mocao_473.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/mocao_474.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/mocao_475.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/mocao_476.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/mocao_477.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/mocao_478.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/mocao_479.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/mocao_480.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/mocao_481.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/mocao_482.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/mocao_483.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/mocao_484.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/mocao_485.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/mocao_486.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/mocao_487.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/mocao_488.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/mocao_489.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/mocao_490.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/mocao_491.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/mocao_492.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/mocao_493.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mocao_494.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/mocao_495.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/mocoes_496.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/mocoes_497.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/mocoes_498.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/mocoes_499.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/mocoes_500.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/mocao_501.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mocoes_502.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/mocoes_503.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/mocoes_504.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/mocoes_505.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/mocoes_506.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/mocoes_507.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/mocoes_508.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/mocoes_509.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/mocoes_510.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/mocoes_511.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/mocoes_512.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/mocoes_513.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/mocoes_514.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mocoes_515.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mocoes_516.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/mocoes_517.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/mocoes_518.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/mocoes_519.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/mocao_520.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/mocoes_521.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocoes_522.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/mocoes_523.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/mocoes_524.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/mocoes_525.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/mocoes_526.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/mocoes_527.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/mocoes_528.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/mocoes_529.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/mocoes_530.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/mocoes_531.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/l_5564_2023-balancas_para_os_hospedes_pesarem_as_bagagens.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/l_5568_2023-vetores_e_pragas_urbanas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/l_5571_2023-jose_de_matos_-_negrinho_de_matos.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/l_5572_2023-normas_de_limpeza_de_terrenos_e_lotes.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/l_5573_2023-presenca_de_doulas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/l_5574_2023-organizacoes_sociais_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/l_5575_2023-equipamentos_eletronicos.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/l_5576_2023-colar_de_girassol.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/l_5577_2023-denomina_de_luiza_pereira_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/l_5578_2023-corporacao_musical_abel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/l_5579_2023-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/l_5582_2023-atleta_paralimpico.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/l_5583_2023-servicos_notariais.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/l_5584_2023-lampadas_de_led.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/l_5586_2023-joao_domingos_geraldo.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/l_5587_2023-iraci_dias_damasceno.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/l_5588_2023-helio_caixeta_nunes.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/l_5589_2023-naise_lara_de_souza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/l_5590_2023-retirada_pelo_proprietario_de_objetos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/l_5591_2023-cameras_de_monitoramento_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/l_5592_2023-dia_e_horario_das_reunioes_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/l_5593_2023-endereco_e_horarios_de_funcionamento_da_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/l_5594_2023-boletins_informativos_dos_casos_de_arboviroses.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/l_5595_2023-atendimento_aos_portadores_de_doenca_renal.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/l_5601_2023-instalacao_de_cameras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/l_5602_2023-condicoes_estruturais.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/l_5603_2023-rafael_sebastiao_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/l_5604_2023-lara_junia_nascimento_reis.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/l_5605_2023-elza_maria_ferreira.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/l_5606_2023-joao_adao_de_brito.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/l_5609_2023-tarifas_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/l_5612_2023-interior_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/l_5613_2023-regina_lucia_dias.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/l_5616_2023-_beato_padre_eustaquio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/l_5617_2023-congadeiro_e_da_congadeira.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/l_5622_2023-catracas_e_portas_com_detectores_de_metais.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/l_5623_2023-associacao_kalungar.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/l_5625_2023-vants.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/l_5628_2023-maio_furta-cor.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/l_5629_2023-batalhas_de_rimas_aos_saraus_e_aos_slams.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/l_5630_2023-construcao_de_calcadas_para_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/l_5634_2023-joaquim_constantino_neto.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/l_5635_2023-direito_de_preferencia.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/l_5639_2023-_motoristas_de_aplicativos_taxistas_e_motoristas_de_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/l_5640_2023-localizacao_de_todas_as_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/l_5641_2023-semana_da_familia.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/l_5642_2023-direitos_dos_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/l_5643_2023-toda_mulher_a_ter_acompanhante.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/l_5644_2023-assedio_moral_e_sexual.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/l_5648_2023-retinoblastoma.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/l_5649_2023-combate_a_violencia_politica.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/l_5652_2023-isencao_do_pagamento_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/lc_229_2023.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/lc_233_2023.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/mocao_de_repudio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_1484.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_1485.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_1486.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_1487.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_1488.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_1489.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_1490.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1409/indicacao_1491.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1410/indicacao_1492.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1416/indicacao_1493.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1417/indicacao_1494.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_1495.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1419/indicacao_1496.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1420/indicacao_1497.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1421/indicacao_1498.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1422/indicacao_1499.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1423/indicacao_1500.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1424/indicacao_1501.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1425/indicacao_1502.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1426/indicacao_1503.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1428/indicacao_1504.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_1505.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1431/indicacao_1506.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1433/indicacao_1507.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1436/indicacao_1508.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1442/indicacao_1509.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1443/indicacao_1510.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1444/indicacao_1511.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1445/indicacao_1512.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1446/indicacao_1513.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1447/indicacao_1514.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1448/indicacao_1515.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1449/indicacao_1516.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1450/indicacao_1517.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1451/indicacao_1518.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1452/indicacao_1519.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1453/indicacao_1520.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1454/indicacao_1521.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1455/indicacao_1522.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1456/indicacao_1523.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1457/indicacao_1524.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1512/indicacao_1525.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1513/indicacao_1526.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_1527.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_1528.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1516/indicacao_1529.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1517/indicacao_1530.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_1531.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1519/indicacao_1532.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_1533.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1521/indicacao_1534.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1522/indicacao_1535.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1523/indicacao_1536.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_1537.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_1538.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_1539.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_1540.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1528/indicacao_1541.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1529/indicacao_1542.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1530/indicacao_1543.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1531/indicacao_1544.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_1545.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_1546.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_1547.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1535/indicacao_1548.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1536/indicacao_1549.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_1550.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1545/indicacao_1551.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1547/indicacao_1552.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1549/indicacao_1553.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_1554.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1552/indicacao_1555.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1553/indicacao_1556.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1555/indicacao_1557.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1557/indicacao_1558.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_1559.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_1560.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1563/indicacao_1561.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_1562.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1565/indicacao_1563.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1566/indicacao_1564.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1567/indicacao_1565.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1568/indicacao_1566.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1569/indicacao_1567.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1570/indicacao_1568.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1571/indicacao_1569.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1572/indicacao_1570.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1573/indicacao_1571.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1574/indicacao_1572.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1575/indicacao_1573.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1576/indicacao_1574.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1577/indicacao_1575.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1578/indicacao_1576.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1579/indicacao_1577.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1580/indicacao_1578.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1581/indicacao_1579.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1582/indicacao_1580.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1583/indicacao_1581.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1584/indicacao_1582.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1585/indicacao_1583.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1586/indicacao_1584.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1587/indicacao_1586.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1588/indicacao_1586.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1589/indicacao_1587.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1590/indicacao_1588.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1591/indicacao_1589.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1592/indicacao_1590.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1593/indicacao_1591.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1594/indicacao_1592.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1595/indicacao_1593.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1596/indicacao_1594.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1816/indicacao_1595.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1817/indicacao_1596.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1818/indicacao_1597.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1819/indicacao_1598.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1820/indicacao_1599.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1821/indicacao_1600.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1822/indicacao_1601.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1823/indicacao_1602.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1824/indicacao_1603.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1825/indicacao_1604.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1895/indicacao_1605.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1896/indicacao_1606.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1897/indicacao_1607.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1898/indicacao_1608.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1899/indicacao_1609.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/1900/indicacao_1610.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2012/indicacao_1611.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2013/indicacao_1612.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2018/indicacao_1613.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2019/indicacao_1614.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2020/indicacao_1615.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2021/indicacao_1616.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2022/indicacao_1617.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2023/indicacao_1618.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2024/indicacao_1619.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao_1620.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao_1621.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao_1622.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao_1623.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao_1624.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao_1625.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2421/indicacao_1626.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2422/indicacao_1627.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2423/indicacao_1628.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2424/indicacao_1629.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2425/indicacao_1630.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2426/indicacao_1631.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/indicacao_1632.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/indicacao_1633.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/indicacao_1634.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/indicacao_1635.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_1636.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_1637.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_1638.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_1639.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_1640.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_1641.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_1642.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_1643.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_1644.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_1645.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_1646.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_1647.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_1648.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_1649.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_1650.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_1651.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_1652.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_1653.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_1654.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao_1655.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao_1656.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao_1657.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao_1658.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao_1659.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao_1660.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao_1661.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao_1662.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao_1663.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/indicacao_1664.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/indicacao_1665.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/indicacao_1666.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/indicacao_1667.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/indicacao_1668.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/indicacao_1669.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/indicacao_1670.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2466/indicacao_1671.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2467/indicacao_1672.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2468/indicacao_1673.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2469/indicacao_1674.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2470/indicacao_1675.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2471/indicacao_1676.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2472/indicacao_1677.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2473/indicacao_1678.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2474/indicacao_1679.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2475/indicacao_1680.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2476/indicacao_1681.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/indicacao_1682.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/indicacao_1683.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/indicacao_1684.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/indicacao_1685.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/indicacao_1686.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/indicacao_1687.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/indicacao_1688.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/indicacao_1689.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao_1690.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao_1691.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao_1692.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao_1693.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao_1694.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao_1694.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao_1696.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao_1697.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao_1698.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacao_1699.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao_1700.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao_1701.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao_1702.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/indicacao_1703.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/indicacao_1704.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/indicacao_1705.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/indicacao_1706.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/indicacao_1707.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/indicacao_1709.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/indicacao_1710.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/indicacao_1711.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/indicacao_1712.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/indicacao_1713.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/indicacao_1714.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/indicacao_1715.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/indicacao_1716.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/indicacao_1717.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/indicacao_1718.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2513/indicacao_1719.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2514/indicacao_1720.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao_1721.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao_1722.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao_1723.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao_1724.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2519/indicacao_1725.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2520/indicacao_1726.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2521/indicacao_1727.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2522/indicacao_1728.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2523/indicacao_1729.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2524/indicacao_1730.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2525/indicacao_1731.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2526/indicacao_1732.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao_1733.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao_1734.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao_1735.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao_1736.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao_1737.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao_1738.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao_1739.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao_1740.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacao_1741.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacao_1742.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacao_1743.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacao_1744.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacao_1745.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/indicacao_1746.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacao_1747.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacao_1748.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacao_1749.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacao_1750.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacao_1751.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacao_1752.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacao_1753.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao_1754.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao_1755.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao_1756.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2551/indicacao_1757.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2552/indicacao_1758.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2553/indicacao_1759.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_1760.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2555/indicacao_1761.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2556/indicacao_1762.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2557/indicacao_1763.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2558/indicacao_1764.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/indicacao_1765.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/indicacao_1766.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/indicacao_1767.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/indicacao_1768.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/indicacao_1769.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/indicacao_1770.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/indicacao_1771.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/indicacao_1772.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/indicacao_1773.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/indicacao_1774.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/indicacao_1775.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/indicacao_1776.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/indicacao_1777.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/indicacao_1778.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/indicacao_1779.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/indicacao_1780.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/indicacao_1781.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/indicacao_1782.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/indicacao_1783.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/indicacao_1784.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacao_1785.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/indicacao_1786.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao_1787.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacao_1788.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/indicacao_1789.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/indicacao_1790.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/indicacao_1791.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/indicacao_1792.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/indicacao_1793.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/indicacao_1794.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_1795.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/indicacao_1796.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/indicacao_1797.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/indicacao_1798.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/indicacao_1799.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/indicacao_1800.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/indicacoes_1801.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/indicacoes_1802.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/indicacoes_1803.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/indicacoes_1804.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/indicacoes_1805.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/indicacoes_1806.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2601/indicacoes_1807.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2602/indicacoes_1808.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/indicacoes_1809.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2604/indicacoes_1810.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2605/indicacoes_1811.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2606/indicacoes_1812.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2607/indicacoes_1813.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2608/indicacoes_1814.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2609/indicacoes_1815.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2610/indicacoes_1816.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2611/indicacoes_1817.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2612/indicacoes_1818.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2613/indicacoes_1819.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/indicacoes_1820.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacoes_1821.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/indicacoes_1822.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/indicacoes_1823.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/indicacoes_1824.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/indicacoes_1825.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/indicacoes_1826.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/indicacoes_1827.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/indicacoes_1828.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/indicacoes_1829.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/indicacoes_1830.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/indicacoes_1831.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2626/indicacoes_1832.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2627/indicacoes_1833.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/indicacoes_1834.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/indicacoes_1835.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/indicacoes_1836.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/indicacoes_1837.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/indicacoes_1838.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/indicacoes_1839.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/indicacoes_1840.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/indicacoes_1841.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/indicacoes_1842.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/indicacoes_1843.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2638/indicacoes_1844.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/indicacoes_1845.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/indicacoes_1846.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/indicacoes_1847.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/indicacoes_1848.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/indicacoes_1849.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/indicacoes_1850.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/indicacoes_1851.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/indicacoes_1852.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/indicacoes_1853.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/indicacoes_1854.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/indicacoes_1855.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacoes_1856.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2651/indicacoes_1857.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2652/indicacoes_1858.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2653/indicacoes_1859.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2654/indicacoes_1860.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2655/indicacoes_1861.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2656/indicacoes_1862.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2657/indicacoes_1863.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2658/indicacoes_1864.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2659/indicacoes_1865.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2660/indicacoes_1866.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2661/indicacoes_1867.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2662/indicacoes_1868.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2663/indicacoes_1869.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2664/indicacoes_1870.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2665/indicacoes_1871.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2666/indicacoes_1872.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2667/indicacoes_1873.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2668/indicacoes_1874.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2669/indicacoes_1875.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2670/indicacoes_1876.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/indicacoes_1877.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/indicacoes_1878.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/indicacoes_1879.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/indicacoes_1880.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacoes_1881.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/indicacoes_1882.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/indicacoes_1883.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/indicacoes_1884.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/indicacoes_1885.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/indicacoes_1886.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/indicacoes_1887.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/indicacoes_1888.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/indicacoes_1889.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/indicacoes_1890.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/indicacoes_1891.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/indicacoes_1893.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/indicacoes_1893.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/indicacoes_1894.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/indicacoes_1895.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/indicacoes_1896.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/indicacoes_1897.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/indicacoes_1898.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/indicacoes_1899.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/indicacoes_1900.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/indicacoes_1901.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/indicacoes_1902.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/indicacoes_1903.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/indicacoes_1904.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/indicacoes_1905.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2700/indicacoes_1906.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/indicacoes_1907.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/indicacoes_1908.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/indicacoes_1909.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/indicacoes_1910.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/indicacoes_1911.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacoes_1912.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/indicacoes_1913.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacoes_1914.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacoes_1915.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/indicacoes_1916.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/indicacoes_1917.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/indicacoes_1918.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/indicacoes_1919.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/indicacoes_1920.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/indicacoes_1921.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/indicacoes_1922.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/indicacoes_1923.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/indicacoes_1924.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/indicacoes_1925.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/indicacoes_1926.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/indicacoes_1927.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/indicacoes_1928.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/indicacoes_1929.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/indicacoes_1930.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/indicacoes_1931.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/indicacoes_1932.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/indicacoes_1933.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/indicacoes_1934.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/indicacoes_1935.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/indicacoes_1936.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/indicacoes_1937.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/indicacoes_1938.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/indicacoes_1939.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/indicacoes_1940.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/indicacoes_1941.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/indicacoes_1942.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/indicacoes_1943.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/indicacoes_1944.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/indicacoes_1945.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/indicacoes_1946.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/indicacoes_1947.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/indicacoes_1948.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/indicacoes_1949.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/indicacoes_1950.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/indicacoes_1951.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/indicacoes_1952.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/indicacoes_1953.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/indicacoes_1954.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/indicacoes_1955.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/indicacoes_1956.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/indicacoes_1957.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/indicacoes_1958.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/indicacoes_1959.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/indicacoes_1960.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/indicacoes_1961.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/indicacoes_1962.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/indicacoes_1963.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/indicacoes_1964.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/indicacoes_1965.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/indicacoes_1966.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/indicacoes_1967.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/indicacoes_1968.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/indicacoes_1969.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/indicacoes_1970.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/indicacoes_1971.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/indicacoes_1972.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/indicacoes_1973.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/indicacoes_1974.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/indicacoes_1975.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/indicacoes_1976.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2771/indicacoes_1978.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2772/indicacoes_1978.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2773/indicacoes_1979.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2774/indicacoes_1980.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2775/indicacoes_1981.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2010/mocao_399.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2011/mocao_400.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2014/mocao_401.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2015/mocao_402.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2016/mocao_403.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2017/mocao_404.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2025/mocao_405.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2026/mocao_406.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2027/mocao_407.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2028/mocao_408.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2029/mocao_409.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2030/mocao_410.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2031/mocao_411.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2032/mocao_412.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2033/mocao_413.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2034/mocao_414.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2035/mocao_415.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2036/mocao_416.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2037/mocao_417.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2038/mocao_418.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2039/mocao_419.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2040/mocao_420.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2041/mocao_421.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2042/mocao_422.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2043/mocao_423.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2044/mocao_424.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2045/mocao_425.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2046/mocao_426.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2047/mocao_427.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2048/mocao_428.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2049/mocao_429.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2050/mocao_430.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2051/mocao_431.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2052/mocao_432.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2053/mocao_433.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2054/mocao_434.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2055/mocao_435.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2056/mocao_436.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2057/mocao_437.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2058/mocao_438.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_439.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2060/mocao_440.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2061/mocao_441.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2062/mocao_442.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2063/mocao_443.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2064/mocao_444.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2065/mocao_445.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2066/mocao_446.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2067/mocao_447.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2068/mocao_448.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2069/mocao_449.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2070/mocao_450.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_451.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_452.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2073/mocao_453.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2074/mocao_454.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2075/mocao_455.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2076/mocao_456.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2077/mocao_457.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2078/mocao_458.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2079/mocao_459.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2080/mocao_460.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2081/mocao_461.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2082/mocao_462.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2083/mocao_463.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2084/mocao_464.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2085/mocao_465.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2086/mocao_466.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2087/mocao_467.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2088/mocao_468.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2089/mocao_469.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2090/mocao_470.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2091/mocao_471.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2092/mocao_472.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2093/mocao_473.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2094/mocao_474.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2095/mocao_475.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2096/mocao_476.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2097/mocao_477.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2098/mocao_478.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2099/mocao_479.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2100/mocao_480.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2101/mocao_481.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2102/mocao_482.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2103/mocao_483.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2104/mocao_484.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2105/mocao_485.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2106/mocao_486.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2119/mocao_487.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2107/mocao_488.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2108/mocao_489.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2109/mocao_490.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2110/mocao_491.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2111/mocao_492.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2112/mocao_493.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2113/mocao_494.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2114/mocao_495.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2115/mocoes_496.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2116/mocoes_497.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2117/mocoes_498.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2118/mocoes_499.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2120/mocoes_500.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2121/mocao_501.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2122/mocoes_502.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2123/mocoes_503.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2124/mocoes_504.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2125/mocoes_505.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2126/mocoes_506.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2127/mocoes_507.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2128/mocoes_508.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2129/mocoes_509.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2130/mocoes_510.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2131/mocoes_511.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2132/mocoes_512.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2133/mocoes_513.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2134/mocoes_514.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2135/mocoes_515.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2136/mocoes_516.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2137/mocoes_517.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2138/mocoes_518.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2139/mocoes_519.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2776/mocao_520.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2778/mocoes_521.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2779/mocoes_522.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2780/mocoes_523.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/mocoes_524.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/mocoes_525.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/mocoes_526.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/mocoes_527.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/mocoes_528.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/mocoes_529.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/mocoes_530.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/mocoes_531.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/l_5564_2023-balancas_para_os_hospedes_pesarem_as_bagagens.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/l_5568_2023-vetores_e_pragas_urbanas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/l_5571_2023-jose_de_matos_-_negrinho_de_matos.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/l_5572_2023-normas_de_limpeza_de_terrenos_e_lotes.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/l_5573_2023-presenca_de_doulas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/l_5574_2023-organizacoes_sociais_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/l_5575_2023-equipamentos_eletronicos.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/l_5576_2023-colar_de_girassol.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/l_5577_2023-denomina_de_luiza_pereira_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/l_5578_2023-corporacao_musical_abel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/l_5579_2023-feiras_livres.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/l_5582_2023-atleta_paralimpico.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/l_5583_2023-servicos_notariais.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/l_5584_2023-lampadas_de_led.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/l_5586_2023-joao_domingos_geraldo.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/l_5587_2023-iraci_dias_damasceno.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/l_5588_2023-helio_caixeta_nunes.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/l_5589_2023-naise_lara_de_souza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/l_5590_2023-retirada_pelo_proprietario_de_objetos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/l_5591_2023-cameras_de_monitoramento_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/l_5592_2023-dia_e_horario_das_reunioes_dos_conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/l_5593_2023-endereco_e_horarios_de_funcionamento_da_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/l_5594_2023-boletins_informativos_dos_casos_de_arboviroses.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/l_5595_2023-atendimento_aos_portadores_de_doenca_renal.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/l_5601_2023-instalacao_de_cameras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/l_5602_2023-condicoes_estruturais.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/l_5603_2023-rafael_sebastiao_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/l_5604_2023-lara_junia_nascimento_reis.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/l_5605_2023-elza_maria_ferreira.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/l_5606_2023-joao_adao_de_brito.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/l_5609_2023-tarifas_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/l_5612_2023-interior_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/l_5613_2023-regina_lucia_dias.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/l_5616_2023-_beato_padre_eustaquio.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/l_5617_2023-congadeiro_e_da_congadeira.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/l_5622_2023-catracas_e_portas_com_detectores_de_metais.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/l_5623_2023-associacao_kalungar.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/l_5625_2023-vants.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/l_5628_2023-maio_furta-cor.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/l_5629_2023-batalhas_de_rimas_aos_saraus_e_aos_slams.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/l_5630_2023-construcao_de_calcadas_para_familias_de_baixa_renda.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/l_5634_2023-joaquim_constantino_neto.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/l_5635_2023-direito_de_preferencia.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/l_5639_2023-_motoristas_de_aplicativos_taxistas_e_motoristas_de_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/l_5640_2023-localizacao_de_todas_as_vagas_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/l_5641_2023-semana_da_familia.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/l_5642_2023-direitos_dos_doadores_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/l_5643_2023-toda_mulher_a_ter_acompanhante.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/l_5644_2023-assedio_moral_e_sexual.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/l_5648_2023-retinoblastoma.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/l_5649_2023-combate_a_violencia_politica.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/l_5652_2023-isencao_do_pagamento_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/lc_229_2023.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/lc_233_2023.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2140/requerimento_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2141/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2142/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2143/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2144/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2145/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2146/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.patrocinio.mg.leg.br/media/sapl/public/materialegislativa/2023/2777/mocao_de_repudio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H693"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="155.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>